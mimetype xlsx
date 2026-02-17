--- v0 (2025-12-09)
+++ v1 (2026-02-17)
@@ -117,54 +117,54 @@
   <si>
     <t>Гордеев Дмитрий</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>38-15</t>
   </si>
   <si>
     <t>Степанов Станислав</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Козлов Виталий</t>
   </si>
   <si>
     <t>Рикусов Вячеслав</t>
   </si>
   <si>
     <t>Верхушин Никита</t>
   </si>
   <si>
+    <t>Кислов Александр</t>
+  </si>
+  <si>
     <t>Сенякин Владислав</t>
-  </si>
-[...1 lines deleted...]
-    <t>Кислов Александр</t>
   </si>
   <si>
     <t>Гордеева Дарья</t>
   </si>
   <si>
     <t>Легостаев Илья</t>
   </si>
   <si>
     <t>Ледовский Алексей</t>
   </si>
   <si>
     <t>Елисеев Иван</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Львы»</t>
   </si>
   <si>
     <t>Маркушев Виктор</t>
   </si>