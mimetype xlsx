--- v0 (2025-12-07)
+++ v1 (2026-02-16)
@@ -216,54 +216,54 @@
   <si>
     <t>Сизов Дмитрий</t>
   </si>
   <si>
     <t>Серов Олег</t>
   </si>
   <si>
     <t>Зуев Сергей</t>
   </si>
   <si>
     <t>Переверзев Андрей</t>
   </si>
   <si>
     <t>Сологубов Максим</t>
   </si>
   <si>
     <t>Носков Алексей</t>
   </si>
   <si>
     <t>Маскалев Алексей</t>
   </si>
   <si>
     <t>Митяков Владислав</t>
   </si>
   <si>
+    <t>Макий Павел</t>
+  </si>
+  <si>
     <t>Гаманюк Дмитрий</t>
-  </si>
-[...1 lines deleted...]
-    <t>Макий Павел</t>
   </si>
   <si>
     <t>Орлов Роман</t>
   </si>
   <si>
     <t>Шушпанов Роман</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
   <si>
     <t>Стародворов Роман</t>
   </si>
   <si>
     <t>Бабушкин Евгений</t>
   </si>
 </sst>
 </file>
 
@@ -2026,78 +2026,78 @@
       <c r="H41" s="7"/>
       <c r="I41" s="7"/>
       <c r="J41" s="7"/>
       <c r="K41" s="7"/>
       <c r="L41" s="7"/>
       <c r="M41" s="7"/>
       <c r="N41" s="7"/>
       <c r="O41" s="7"/>
       <c r="P41" s="7"/>
       <c r="Q41" s="7"/>
       <c r="R41" s="7"/>
       <c r="S41" s="7"/>
     </row>
     <row r="42" spans="1:19">
       <c r="A42" s="7">
         <v>81</v>
       </c>
       <c r="B42" s="12" t="s">
         <v>66</v>
       </c>
       <c r="C42" s="13"/>
       <c r="D42" s="13"/>
       <c r="E42" s="13"/>
       <c r="F42" s="14"/>
       <c r="G42" s="7" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="H42" s="7"/>
       <c r="I42" s="7"/>
       <c r="J42" s="7"/>
       <c r="K42" s="7"/>
       <c r="L42" s="7"/>
       <c r="M42" s="7"/>
       <c r="N42" s="7"/>
       <c r="O42" s="7"/>
       <c r="P42" s="7"/>
       <c r="Q42" s="7"/>
       <c r="R42" s="7"/>
       <c r="S42" s="7"/>
     </row>
     <row r="43" spans="1:19">
       <c r="A43" s="7">
         <v>81</v>
       </c>
       <c r="B43" s="12" t="s">
         <v>67</v>
       </c>
       <c r="C43" s="13"/>
       <c r="D43" s="13"/>
       <c r="E43" s="13"/>
       <c r="F43" s="14"/>
       <c r="G43" s="7" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="H43" s="7"/>
       <c r="I43" s="7"/>
       <c r="J43" s="7"/>
       <c r="K43" s="7"/>
       <c r="L43" s="7"/>
       <c r="M43" s="7"/>
       <c r="N43" s="7"/>
       <c r="O43" s="7"/>
       <c r="P43" s="7"/>
       <c r="Q43" s="7"/>
       <c r="R43" s="7"/>
       <c r="S43" s="7"/>
     </row>
     <row r="44" spans="1:19">
       <c r="A44" s="7">
         <v>96</v>
       </c>
       <c r="B44" s="12" t="s">
         <v>68</v>
       </c>
       <c r="C44" s="13"/>
       <c r="D44" s="13"/>
       <c r="E44" s="13"/>
       <c r="F44" s="14"/>