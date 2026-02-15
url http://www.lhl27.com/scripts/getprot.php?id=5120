--- v0 (2025-12-06)
+++ v1 (2026-02-15)
@@ -189,60 +189,60 @@
   <si>
     <t>Гордеев Дмитрий</t>
   </si>
   <si>
     <t>39:09</t>
   </si>
   <si>
     <t>Жалнин Денис</t>
   </si>
   <si>
     <t>Гроза Александр</t>
   </si>
   <si>
     <t>Степанов Станислав</t>
   </si>
   <si>
     <t>Козлов Виталий</t>
   </si>
   <si>
     <t>Рикусов Вячеслав</t>
   </si>
   <si>
     <t>Верхушин Никита</t>
   </si>
   <si>
+    <t>Кислов Александр</t>
+  </si>
+  <si>
     <t>Сенякин Владислав</t>
   </si>
   <si>
-    <t>Кислов Александр</t>
+    <t>Ковтун Лев</t>
   </si>
   <si>
     <t>Гордеева Дарья</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ковтун Лев</t>
   </si>
   <si>
     <t>Чугайков Дмитрий</t>
   </si>
   <si>
     <t>Легостаев Илья</t>
   </si>
   <si>
     <t>Черепанов Иван</t>
   </si>
   <si>
     <t>Ледовский Алексей</t>
   </si>
   <si>
     <t>Султанов Эльшан</t>
   </si>
   <si>
     <t>Елисеев Иван</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>