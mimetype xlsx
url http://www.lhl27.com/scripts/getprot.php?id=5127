--- v0 (2025-12-08)
+++ v1 (2026-02-17)
@@ -189,54 +189,54 @@
   <si>
     <t>Бичевой Денис</t>
   </si>
   <si>
     <t>21-05</t>
   </si>
   <si>
     <t>17-53</t>
   </si>
   <si>
     <t>Кутленков Михаил</t>
   </si>
   <si>
     <t>29-51</t>
   </si>
   <si>
     <t>25-28</t>
   </si>
   <si>
     <t>Баранов Александр</t>
   </si>
   <si>
     <t>43-46</t>
   </si>
   <si>
+    <t>Стрельник Алексей</t>
+  </si>
+  <si>
     <t>Малахов Егор</t>
-  </si>
-[...1 lines deleted...]
-    <t>Стрельник Алексей</t>
   </si>
   <si>
     <t>Моисеенков Александр</t>
   </si>
   <si>
     <t>Бакалов Сергей</t>
   </si>
   <si>
     <t>Самбурский Игорь</t>
   </si>
   <si>
     <t>Федоренко Андрей</t>
   </si>
   <si>
     <t>Скородумов Михаил</t>
   </si>
   <si>
     <t>Кутленков Дмитрий</t>
   </si>
   <si>
     <t>Эсю Павел</t>
   </si>
   <si>
     <t>Нестеренко Константин</t>
   </si>