--- v0 (2025-12-07)
+++ v1 (2026-02-15)
@@ -102,54 +102,54 @@
   <si>
     <t>Окон</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>15-29</t>
   </si>
   <si>
     <t>Сырко Александр</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>29-42</t>
   </si>
   <si>
     <t>Пляскин Михаил</t>
   </si>
   <si>
     <t>44-45</t>
   </si>
   <si>
+    <t>Дмитриев Сергей</t>
+  </si>
+  <si>
     <t>Коршунов Артём</t>
-  </si>
-[...1 lines deleted...]
-    <t>Дмитриев Сергей</t>
   </si>
   <si>
     <t>Шаров Андрей</t>
   </si>
   <si>
     <t>Богданов Богдан</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Московцев Сергей</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Трегубенко Максим</t>
   </si>
   <si>
     <t>Смолягин Кирилл</t>
   </si>
   <si>
     <t>Глухов Денис</t>
   </si>
@@ -998,78 +998,78 @@
       <c r="H7" s="6">
         <v>3</v>
       </c>
       <c r="I7" s="6"/>
       <c r="J7" s="6" t="s">
         <v>27</v>
       </c>
       <c r="K7" s="6">
         <v>88</v>
       </c>
       <c r="L7" s="6">
         <v>18</v>
       </c>
       <c r="M7" s="8">
         <v>0</v>
       </c>
       <c r="N7" s="6"/>
       <c r="O7" s="6"/>
       <c r="P7" s="6"/>
       <c r="Q7" s="6"/>
       <c r="R7" s="6"/>
       <c r="S7" s="6"/>
     </row>
     <row r="8" spans="1:19">
       <c r="A8" s="5">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="B8" s="12" t="s">
         <v>28</v>
       </c>
       <c r="C8" s="13"/>
       <c r="D8" s="13"/>
       <c r="E8" s="13"/>
       <c r="F8" s="14"/>
       <c r="G8" s="5" t="s">
         <v>24</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="6"/>
       <c r="J8" s="6"/>
       <c r="K8" s="6"/>
       <c r="L8" s="6"/>
       <c r="M8" s="8"/>
       <c r="N8" s="6"/>
       <c r="O8" s="6"/>
       <c r="P8" s="6"/>
       <c r="Q8" s="6"/>
       <c r="R8" s="6"/>
       <c r="S8" s="6"/>
     </row>
     <row r="9" spans="1:19">
       <c r="A9" s="5">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="B9" s="12" t="s">
         <v>29</v>
       </c>
       <c r="C9" s="13"/>
       <c r="D9" s="13"/>
       <c r="E9" s="13"/>
       <c r="F9" s="14"/>
       <c r="G9" s="5" t="s">
         <v>24</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="6"/>
       <c r="J9" s="6"/>
       <c r="K9" s="6"/>
       <c r="L9" s="6"/>
       <c r="M9" s="8"/>
       <c r="N9" s="6"/>
       <c r="O9" s="6"/>
       <c r="P9" s="6"/>
       <c r="Q9" s="6"/>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">