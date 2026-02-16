--- v0 (2025-12-08)
+++ v1 (2026-02-16)
@@ -117,111 +117,111 @@
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>33:58</t>
   </si>
   <si>
     <t>Дорощенко Григорий</t>
   </si>
   <si>
     <t>Мишустин Степан</t>
   </si>
   <si>
     <t>Туманков Андрей</t>
   </si>
   <si>
     <t>Ющенко Дмитрий</t>
   </si>
   <si>
     <t>Кочетков Алексей</t>
   </si>
   <si>
     <t>Бояркин Владимир</t>
   </si>
   <si>
+    <t>Вр</t>
+  </si>
+  <si>
     <t>Бояркин Алексей</t>
   </si>
   <si>
     <t>Замкин Антон</t>
   </si>
   <si>
     <t>Буянов Павел</t>
   </si>
   <si>
     <t>Реутов Андрей</t>
   </si>
   <si>
-    <t>Вр</t>
-[...1 lines deleted...]
-  <si>
     <t>Дорощенко Дмитрий</t>
   </si>
   <si>
     <t>Несветов Сергей</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Синергия»</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>+1</t>
   </si>
   <si>
     <t>16:20</t>
   </si>
   <si>
     <t>41:57</t>
   </si>
   <si>
     <t>Ведров Сергей</t>
   </si>
   <si>
     <t>22:35</t>
   </si>
   <si>
     <t>Сырко Александр</t>
   </si>
   <si>
     <t>37:31</t>
   </si>
   <si>
     <t>Пляскин Михаил</t>
   </si>
   <si>
+    <t>Дмитриев Сергей</t>
+  </si>
+  <si>
     <t>Коршунов Артём</t>
-  </si>
-[...1 lines deleted...]
-    <t>Дмитриев Сергей</t>
   </si>
   <si>
     <t>Шаров Андрей</t>
   </si>
   <si>
     <t>Григоров Сергей</t>
   </si>
   <si>
     <t>Московцев Сергей</t>
   </si>
   <si>
     <t>Трегубенко Максим</t>
   </si>
   <si>
     <t>Смолягин Кирилл</t>
   </si>
   <si>
     <t>Глухов Денис</t>
   </si>
   <si>
     <t>Киркалов Михаил</t>
   </si>
   <si>
     <t>Емпольский Станислав</t>
   </si>
@@ -1121,159 +1121,159 @@
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
         <v>30</v>
       </c>
       <c r="B12" s="12" t="s">
         <v>32</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
       <c r="G12" s="5" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>38</v>
       </c>
       <c r="B13" s="12" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>39</v>
       </c>
       <c r="B14" s="12" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
       <c r="G14" s="5" t="s">
         <v>25</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
         <v>44</v>
       </c>
       <c r="B15" s="12" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
       <c r="G15" s="5" t="s">
         <v>25</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" s="5">
         <v>73</v>
       </c>
       <c r="B16" s="12" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>
       <c r="G16" s="5" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="8"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
       <c r="Q16" s="6"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="5">
         <v>88</v>
       </c>
       <c r="B17" s="12" t="s">
         <v>38</v>
       </c>
       <c r="C17" s="13"/>
       <c r="D17" s="13"/>
       <c r="E17" s="13"/>
       <c r="F17" s="14"/>
@@ -1624,51 +1624,51 @@
       </c>
       <c r="O30" s="7">
         <v>37</v>
       </c>
       <c r="P30" s="7">
         <v>2</v>
       </c>
       <c r="Q30" s="7">
         <v>2</v>
       </c>
       <c r="R30" s="7"/>
       <c r="S30" s="7"/>
     </row>
     <row r="31" spans="1:19">
       <c r="A31" s="7">
         <v>2</v>
       </c>
       <c r="B31" s="12" t="s">
         <v>47</v>
       </c>
       <c r="C31" s="13"/>
       <c r="D31" s="13"/>
       <c r="E31" s="13"/>
       <c r="F31" s="14"/>
       <c r="G31" s="7" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="H31" s="7">
         <v>2</v>
       </c>
       <c r="I31" s="7"/>
       <c r="J31" s="7" t="s">
         <v>48</v>
       </c>
       <c r="K31" s="7">
         <v>97</v>
       </c>
       <c r="L31" s="7">
         <v>79</v>
       </c>
       <c r="M31" s="7">
         <v>0</v>
       </c>
       <c r="N31" s="7"/>
       <c r="O31" s="7"/>
       <c r="P31" s="7"/>
       <c r="Q31" s="7"/>
       <c r="R31" s="7"/>
       <c r="S31" s="7"/>
     </row>
     <row r="32" spans="1:19">
@@ -1717,78 +1717,78 @@
       <c r="B33" s="12" t="s">
         <v>51</v>
       </c>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>
       <c r="G33" s="7" t="s">
         <v>25</v>
       </c>
       <c r="H33" s="7"/>
       <c r="I33" s="7"/>
       <c r="J33" s="7"/>
       <c r="K33" s="7"/>
       <c r="L33" s="7"/>
       <c r="M33" s="7"/>
       <c r="N33" s="7"/>
       <c r="O33" s="7"/>
       <c r="P33" s="7"/>
       <c r="Q33" s="7"/>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>52</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
         <v>25</v>
       </c>
       <c r="H34" s="7"/>
       <c r="I34" s="7"/>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="7"/>
       <c r="M34" s="7"/>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>53</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
       <c r="G35" s="7" t="s">
         <v>25</v>
       </c>
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
@@ -1798,51 +1798,51 @@
       <c r="B36" s="12" t="s">
         <v>54</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
       <c r="G36" s="7" t="s">
         <v>25</v>
       </c>
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>55</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
         <v>25</v>
       </c>
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
@@ -1970,51 +1970,51 @@
       <c r="H42" s="7"/>
       <c r="I42" s="7"/>
       <c r="J42" s="7"/>
       <c r="K42" s="7"/>
       <c r="L42" s="7"/>
       <c r="M42" s="7"/>
       <c r="N42" s="7"/>
       <c r="O42" s="7"/>
       <c r="P42" s="7"/>
       <c r="Q42" s="7"/>
       <c r="R42" s="7"/>
       <c r="S42" s="7"/>
     </row>
     <row r="43" spans="1:19">
       <c r="A43" s="7">
         <v>91</v>
       </c>
       <c r="B43" s="12" t="s">
         <v>61</v>
       </c>
       <c r="C43" s="13"/>
       <c r="D43" s="13"/>
       <c r="E43" s="13"/>
       <c r="F43" s="14"/>
       <c r="G43" s="7" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="H43" s="7"/>
       <c r="I43" s="7"/>
       <c r="J43" s="7"/>
       <c r="K43" s="7"/>
       <c r="L43" s="7"/>
       <c r="M43" s="7"/>
       <c r="N43" s="7"/>
       <c r="O43" s="7"/>
       <c r="P43" s="7"/>
       <c r="Q43" s="7"/>
       <c r="R43" s="7"/>
       <c r="S43" s="7"/>
     </row>
     <row r="44" spans="1:19">
       <c r="A44" s="7">
         <v>97</v>
       </c>
       <c r="B44" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C44" s="13"/>
       <c r="D44" s="13"/>
       <c r="E44" s="13"/>
       <c r="F44" s="14"/>