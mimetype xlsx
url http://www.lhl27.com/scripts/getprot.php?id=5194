--- v0 (2025-12-06)
+++ v1 (2026-02-16)
@@ -129,102 +129,102 @@
   <si>
     <t>Мишустин Степан</t>
   </si>
   <si>
     <t>БП</t>
   </si>
   <si>
     <t>45:00</t>
   </si>
   <si>
     <t>Кайнов Константин</t>
   </si>
   <si>
     <t>Туманков Андрей</t>
   </si>
   <si>
     <t>Ющенко Дмитрий</t>
   </si>
   <si>
     <t>Кочетков Алексей</t>
   </si>
   <si>
     <t>Бояркин Владимир</t>
   </si>
   <si>
+    <t>Вр</t>
+  </si>
+  <si>
     <t>Черепанов Вячеслав</t>
   </si>
   <si>
     <t>Буянов Павел</t>
   </si>
   <si>
     <t>Шерстнев Виталий</t>
   </si>
   <si>
-    <t>Вр</t>
-[...1 lines deleted...]
-  <si>
     <t>Дорощенко Дмитрий</t>
   </si>
   <si>
     <t>Несветов Сергей</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Синергия»</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>15:39</t>
   </si>
   <si>
     <t>36:24</t>
   </si>
   <si>
     <t>Сырко Александр</t>
   </si>
   <si>
     <t>23:44</t>
   </si>
   <si>
     <t>40:36</t>
   </si>
   <si>
     <t>Пляскин Михаил</t>
   </si>
   <si>
+    <t>Дмитриев Сергей</t>
+  </si>
+  <si>
     <t>Коршунов Артём</t>
-  </si>
-[...1 lines deleted...]
-    <t>Дмитриев Сергей</t>
   </si>
   <si>
     <t>Богданов Богдан</t>
   </si>
   <si>
     <t>Московцев Сергей</t>
   </si>
   <si>
     <t>Глухов Денис</t>
   </si>
   <si>
     <t>Киркалов Михаил</t>
   </si>
   <si>
     <t>Емпольский Станислав</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
@@ -1148,132 +1148,132 @@
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
         <v>30</v>
       </c>
       <c r="B12" s="12" t="s">
         <v>36</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
       <c r="G12" s="5" t="s">
-        <v>22</v>
+        <v>37</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>33</v>
       </c>
       <c r="B13" s="12" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>44</v>
       </c>
       <c r="B14" s="12" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
       <c r="G14" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
         <v>83</v>
       </c>
       <c r="B15" s="12" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
       <c r="G15" s="5" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" s="5">
         <v>88</v>
       </c>
       <c r="B16" s="12" t="s">
         <v>41</v>
       </c>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>
@@ -1705,115 +1705,115 @@
       <c r="B32" s="12" t="s">
         <v>52</v>
       </c>
       <c r="C32" s="13"/>
       <c r="D32" s="13"/>
       <c r="E32" s="13"/>
       <c r="F32" s="14"/>
       <c r="G32" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H32" s="7"/>
       <c r="I32" s="7"/>
       <c r="J32" s="7"/>
       <c r="K32" s="7"/>
       <c r="L32" s="7"/>
       <c r="M32" s="7"/>
       <c r="N32" s="7"/>
       <c r="O32" s="7"/>
       <c r="P32" s="7"/>
       <c r="Q32" s="7"/>
       <c r="R32" s="7"/>
       <c r="S32" s="7"/>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" s="7">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="B33" s="12" t="s">
         <v>53</v>
       </c>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>
       <c r="G33" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H33" s="7"/>
       <c r="I33" s="7"/>
       <c r="J33" s="7"/>
       <c r="K33" s="7"/>
       <c r="L33" s="7"/>
       <c r="M33" s="7"/>
       <c r="N33" s="7"/>
       <c r="O33" s="7"/>
       <c r="P33" s="7"/>
       <c r="Q33" s="7"/>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>54</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H34" s="7"/>
       <c r="I34" s="7"/>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="7"/>
       <c r="M34" s="7"/>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
         <v>40</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>55</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
       <c r="G35" s="7" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
         <v>54</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>56</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
@@ -1877,51 +1877,51 @@
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
         <v>91</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>59</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>
       <c r="G39" s="7" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7"/>
       <c r="B40" s="12"/>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>
       <c r="G40" s="7"/>
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>