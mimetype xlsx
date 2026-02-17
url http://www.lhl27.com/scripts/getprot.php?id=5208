--- v0 (2025-12-08)
+++ v1 (2026-02-17)
@@ -192,54 +192,54 @@
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Синергия»</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>06-35</t>
   </si>
   <si>
     <t>17-13</t>
   </si>
   <si>
     <t>Сырко Александр</t>
   </si>
   <si>
     <t>Пляскин Михаил</t>
   </si>
   <si>
     <t>32-50</t>
   </si>
   <si>
+    <t>Дмитриев Сергей</t>
+  </si>
+  <si>
     <t>Коршунов Артём</t>
-  </si>
-[...1 lines deleted...]
-    <t>Дмитриев Сергей</t>
   </si>
   <si>
     <t>Пыхалов Михаил</t>
   </si>
   <si>
     <t>Шаров Андрей</t>
   </si>
   <si>
     <t>Богданов Богдан</t>
   </si>
   <si>
     <t>Григоров Сергей</t>
   </si>
   <si>
     <t>Московцев Сергей</t>
   </si>
   <si>
     <t>Трегубенко Максим</t>
   </si>
   <si>
     <t>Смолягин Кирилл</t>
   </si>
   <si>
     <t>Глухов Денис</t>
   </si>
@@ -1773,86 +1773,86 @@
         <v>22</v>
       </c>
       <c r="H32" s="7"/>
       <c r="I32" s="7"/>
       <c r="J32" s="7"/>
       <c r="K32" s="7"/>
       <c r="L32" s="7"/>
       <c r="M32" s="7"/>
       <c r="N32" s="7" t="s">
         <v>57</v>
       </c>
       <c r="O32" s="7">
         <v>37</v>
       </c>
       <c r="P32" s="7">
         <v>2</v>
       </c>
       <c r="Q32" s="7">
         <v>2</v>
       </c>
       <c r="R32" s="7"/>
       <c r="S32" s="7"/>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" s="7">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="B33" s="12" t="s">
         <v>58</v>
       </c>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>
       <c r="G33" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H33" s="7"/>
       <c r="I33" s="7"/>
       <c r="J33" s="7"/>
       <c r="K33" s="7"/>
       <c r="L33" s="7"/>
       <c r="M33" s="7"/>
       <c r="N33" s="7" t="s">
         <v>35</v>
       </c>
       <c r="O33" s="7">
         <v>91</v>
       </c>
       <c r="P33" s="7">
         <v>2</v>
       </c>
       <c r="Q33" s="7">
         <v>9</v>
       </c>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>59</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H34" s="7"/>
       <c r="I34" s="7"/>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="7"/>
       <c r="M34" s="7"/>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
@@ -1916,51 +1916,51 @@
       <c r="B37" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
         <v>43</v>
       </c>
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>63</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
       <c r="G38" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">