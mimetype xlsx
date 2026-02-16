--- v0 (2025-12-08)
+++ v1 (2026-02-16)
@@ -105,54 +105,54 @@
   <si>
     <t>Салогуб Алексей</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>05-41</t>
   </si>
   <si>
     <t>Тодоровский Артем</t>
   </si>
   <si>
     <t>26-53</t>
   </si>
   <si>
     <t>Чигиринских Роман</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>Кривошеев Евгений</t>
   </si>
   <si>
+    <t>Трунова Наталья</t>
+  </si>
+  <si>
     <t>Болибрух Иван</t>
-  </si>
-[...1 lines deleted...]
-    <t>Трунова Наталья</t>
   </si>
   <si>
     <t>Реут Андрей</t>
   </si>
   <si>
     <t>Ланкин Илья</t>
   </si>
   <si>
     <t>Смирнов Алексей</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Денисов Евгений</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Сокол»</t>
   </si>