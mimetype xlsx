--- v0 (2025-12-08)
+++ v1 (2026-02-15)
@@ -1642,51 +1642,51 @@
         <v>10</v>
       </c>
       <c r="L31" s="7">
         <v>0</v>
       </c>
       <c r="M31" s="7">
         <v>0</v>
       </c>
       <c r="N31" s="7" t="s">
         <v>46</v>
       </c>
       <c r="O31" s="7">
         <v>91</v>
       </c>
       <c r="P31" s="7">
         <v>2</v>
       </c>
       <c r="Q31" s="7">
         <v>6</v>
       </c>
       <c r="R31" s="7"/>
       <c r="S31" s="7"/>
     </row>
     <row r="32" spans="1:19">
       <c r="A32" s="7">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="B32" s="12" t="s">
         <v>47</v>
       </c>
       <c r="C32" s="13"/>
       <c r="D32" s="13"/>
       <c r="E32" s="13"/>
       <c r="F32" s="14"/>
       <c r="G32" s="7" t="s">
         <v>26</v>
       </c>
       <c r="H32" s="7">
         <v>3</v>
       </c>
       <c r="I32" s="7" t="s">
         <v>48</v>
       </c>
       <c r="J32" s="7" t="s">
         <v>49</v>
       </c>
       <c r="K32" s="7">
         <v>18</v>
       </c>
       <c r="L32" s="7">
         <v>0</v>