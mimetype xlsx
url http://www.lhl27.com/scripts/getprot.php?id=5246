--- v0 (2025-12-07)
+++ v1 (2026-02-15)
@@ -189,57 +189,57 @@
   <si>
     <t>Якушев Евгений</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Синергия»</t>
   </si>
   <si>
     <t>Ведров Сергей</t>
   </si>
   <si>
     <t>30:00</t>
   </si>
   <si>
     <t>Пляскин Михаил</t>
   </si>
   <si>
     <t>32:58</t>
   </si>
   <si>
+    <t>Андриевский Андрей</t>
+  </si>
+  <si>
+    <t>20:04</t>
+  </si>
+  <si>
     <t>Коршунов Артём</t>
-  </si>
-[...4 lines deleted...]
-    <t>Андриевский Андрей</t>
   </si>
   <si>
     <t>Шмелев Александр</t>
   </si>
   <si>
     <t>Лущиков Дмитрий</t>
   </si>
   <si>
     <t>Шаров Андрей</t>
   </si>
   <si>
     <t>Богданов Богдан</t>
   </si>
   <si>
     <t>Унтевский Кирилл</t>
   </si>
   <si>
     <t>Осипов Алексей</t>
   </si>
   <si>
     <t>Казачок Сергей</t>
   </si>
   <si>
     <t>Гвоздев Михаил</t>
   </si>
@@ -1751,96 +1751,96 @@
         <v>22</v>
       </c>
       <c r="H31" s="7"/>
       <c r="I31" s="7"/>
       <c r="J31" s="7"/>
       <c r="K31" s="7"/>
       <c r="L31" s="7"/>
       <c r="M31" s="7"/>
       <c r="N31" s="7" t="s">
         <v>56</v>
       </c>
       <c r="O31" s="7">
         <v>91</v>
       </c>
       <c r="P31" s="7">
         <v>2</v>
       </c>
       <c r="Q31" s="7">
         <v>8</v>
       </c>
       <c r="R31" s="7"/>
       <c r="S31" s="7"/>
     </row>
     <row r="32" spans="1:19">
       <c r="A32" s="7">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B32" s="12" t="s">
         <v>57</v>
       </c>
       <c r="C32" s="13"/>
       <c r="D32" s="13"/>
       <c r="E32" s="13"/>
       <c r="F32" s="14"/>
       <c r="G32" s="7" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="H32" s="7"/>
       <c r="I32" s="7"/>
       <c r="J32" s="7"/>
       <c r="K32" s="7"/>
       <c r="L32" s="7"/>
       <c r="M32" s="7"/>
       <c r="N32" s="7" t="s">
         <v>58</v>
       </c>
       <c r="O32" s="7">
         <v>22</v>
       </c>
       <c r="P32" s="7">
         <v>2</v>
       </c>
       <c r="Q32" s="7">
         <v>33</v>
       </c>
       <c r="R32" s="7"/>
       <c r="S32" s="7"/>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" s="7">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="B33" s="12" t="s">
         <v>59</v>
       </c>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>
       <c r="G33" s="7" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="H33" s="7"/>
       <c r="I33" s="7"/>
       <c r="J33" s="7"/>
       <c r="K33" s="7"/>
       <c r="L33" s="7"/>
       <c r="M33" s="7"/>
       <c r="N33" s="7" t="s">
         <v>58</v>
       </c>
       <c r="O33" s="7">
         <v>22</v>
       </c>
       <c r="P33" s="7">
         <v>20</v>
       </c>
       <c r="Q33" s="7">
         <v>40</v>
       </c>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
         <v>30</v>