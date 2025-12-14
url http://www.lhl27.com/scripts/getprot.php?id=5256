--- v0 (2025-12-06)
+++ v1 (2025-12-14)
@@ -210,54 +210,54 @@
   <si>
     <t>24-55</t>
   </si>
   <si>
     <t>Гордеев Дмитрий</t>
   </si>
   <si>
     <t>Гроза Александр</t>
   </si>
   <si>
     <t>Михайлин Евгений</t>
   </si>
   <si>
     <t>Степанов Станислав</t>
   </si>
   <si>
     <t>Невмеруха Дмитрий</t>
   </si>
   <si>
     <t>Рикусов Вячеслав</t>
   </si>
   <si>
     <t>Кугаевский Михаил</t>
   </si>
   <si>
+    <t>Кислов Александр</t>
+  </si>
+  <si>
     <t>Сенякин Владислав</t>
-  </si>
-[...1 lines deleted...]
-    <t>Кислов Александр</t>
   </si>
   <si>
     <t>Ковтун Лев</t>
   </si>
   <si>
     <t>Слепухин Александр</t>
   </si>
   <si>
     <t>Митяков Владислав</t>
   </si>
   <si>
     <t>Драголюб Сергей</t>
   </si>
   <si>
     <t>Афанасьев Михаил</t>
   </si>
   <si>
     <t>Шкинев Данил</t>
   </si>
   <si>
     <t>Елисеев Иван</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>