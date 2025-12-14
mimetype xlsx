--- v0 (2025-12-07)
+++ v1 (2025-12-14)
@@ -90,60 +90,60 @@
   <si>
     <t>П</t>
   </si>
   <si>
     <t xml:space="preserve">Шт </t>
   </si>
   <si>
     <t>Пр</t>
   </si>
   <si>
     <t>Нач</t>
   </si>
   <si>
     <t>Окон</t>
   </si>
   <si>
     <t>Ясаков Сергей</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>07-54</t>
   </si>
   <si>
+    <t>Зорин Никита</t>
+  </si>
+  <si>
+    <t>Нп</t>
+  </si>
+  <si>
+    <t>15-00</t>
+  </si>
+  <si>
     <t>Довгань Павел</t>
-  </si>
-[...7 lines deleted...]
-    <t>Зорин Никита</t>
   </si>
   <si>
     <t>27-54</t>
   </si>
   <si>
     <t>Вялый Павел</t>
   </si>
   <si>
     <t>Гринчук Владимир</t>
   </si>
   <si>
     <t>Бучакчийский Андрей</t>
   </si>
   <si>
     <t>Рябченко Виталий</t>
   </si>
   <si>
     <t>Клевцов Данил</t>
   </si>
   <si>
     <t>Путин Евгений</t>
   </si>
   <si>
     <t>Ельчанинов Павел</t>
   </si>