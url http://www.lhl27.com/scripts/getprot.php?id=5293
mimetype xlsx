--- v0 (2025-12-06)
+++ v1 (2025-12-15)
@@ -920,51 +920,51 @@
       <c r="E5" s="13"/>
       <c r="F5" s="14"/>
       <c r="G5" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H5" s="6">
         <v>1</v>
       </c>
       <c r="I5" s="5"/>
       <c r="J5" s="5" t="s">
         <v>23</v>
       </c>
       <c r="K5" s="5">
         <v>88</v>
       </c>
       <c r="L5" s="5">
         <v>7</v>
       </c>
       <c r="M5" s="8">
         <v>9</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>24</v>
       </c>
       <c r="O5" s="6">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="P5" s="6">
         <v>2</v>
       </c>
       <c r="Q5" s="6">
         <v>5</v>
       </c>
       <c r="R5" s="6"/>
       <c r="S5" s="6"/>
     </row>
     <row r="6" spans="1:19">
       <c r="A6" s="5">
         <v>12</v>
       </c>
       <c r="B6" s="12" t="s">
         <v>25</v>
       </c>
       <c r="C6" s="13"/>
       <c r="D6" s="13"/>
       <c r="E6" s="13"/>
       <c r="F6" s="14"/>
       <c r="G6" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H6" s="6"/>
@@ -1181,51 +1181,51 @@
       <c r="B13" s="12" t="s">
         <v>36</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
         <v>30</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="B14" s="12" t="s">
         <v>37</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
       <c r="G14" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">