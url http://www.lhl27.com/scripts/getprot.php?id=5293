--- v1 (2025-12-15)
+++ v2 (2026-02-17)
@@ -920,51 +920,51 @@
       <c r="E5" s="13"/>
       <c r="F5" s="14"/>
       <c r="G5" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H5" s="6">
         <v>1</v>
       </c>
       <c r="I5" s="5"/>
       <c r="J5" s="5" t="s">
         <v>23</v>
       </c>
       <c r="K5" s="5">
         <v>88</v>
       </c>
       <c r="L5" s="5">
         <v>7</v>
       </c>
       <c r="M5" s="8">
         <v>9</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>24</v>
       </c>
       <c r="O5" s="6">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="P5" s="6">
         <v>2</v>
       </c>
       <c r="Q5" s="6">
         <v>5</v>
       </c>
       <c r="R5" s="6"/>
       <c r="S5" s="6"/>
     </row>
     <row r="6" spans="1:19">
       <c r="A6" s="5">
         <v>12</v>
       </c>
       <c r="B6" s="12" t="s">
         <v>25</v>
       </c>
       <c r="C6" s="13"/>
       <c r="D6" s="13"/>
       <c r="E6" s="13"/>
       <c r="F6" s="14"/>
       <c r="G6" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H6" s="6"/>
@@ -1127,51 +1127,51 @@
       <c r="B11" s="12" t="s">
         <v>33</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
       <c r="G11" s="5" t="s">
         <v>34</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
-        <v>63</v>
+        <v>33</v>
       </c>
       <c r="B12" s="12" t="s">
         <v>35</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
       <c r="G12" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
@@ -1181,51 +1181,51 @@
       <c r="B13" s="12" t="s">
         <v>36</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
         <v>30</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="B14" s="12" t="s">
         <v>37</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
       <c r="G14" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">