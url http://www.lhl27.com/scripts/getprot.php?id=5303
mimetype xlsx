--- v0 (2025-12-09)
+++ v1 (2026-02-15)
@@ -138,54 +138,54 @@
   <si>
     <t>35-16</t>
   </si>
   <si>
     <t>Борисов Сергей</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>44-51</t>
   </si>
   <si>
     <t>Лебедев Евгений</t>
   </si>
   <si>
     <t>Карамышев Николай</t>
   </si>
   <si>
     <t>Шадрин Егор</t>
   </si>
   <si>
     <t>Шадрин Александр</t>
   </si>
   <si>
+    <t>Минорский Сергей</t>
+  </si>
+  <si>
     <t>Костин Александр</t>
-  </si>
-[...1 lines deleted...]
-    <t>Минорский Сергей</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Крылья Востока»</t>
   </si>
   <si>
     <t>08-53</t>
   </si>
   <si>
     <t>03-44</t>
   </si>
   <si>
     <t>Тодоровский Артем</t>
   </si>
   <si>
     <t>+2</t>
   </si>
   <si>
     <t>29-41</t>
   </si>