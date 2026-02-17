--- v0 (2025-12-08)
+++ v1 (2026-02-17)
@@ -150,93 +150,93 @@
   <si>
     <t>44:58</t>
   </si>
   <si>
     <t>Кошелев Константин</t>
   </si>
   <si>
     <t>Луговой Дмитрий</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Ким Василий</t>
   </si>
   <si>
     <t>Ломов Артем</t>
   </si>
   <si>
     <t>Курдыш Андрей</t>
   </si>
   <si>
     <t>Кирпота Андрей</t>
   </si>
   <si>
+    <t>Зокожурников Виталий</t>
+  </si>
+  <si>
+    <t>Никлонский Максим</t>
+  </si>
+  <si>
     <t>Бородин Анатолий</t>
   </si>
   <si>
-    <t>Зокожурников Виталий</t>
-[...4 lines deleted...]
-  <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Дружба»</t>
   </si>
   <si>
     <t>Максимов Кирилл</t>
   </si>
   <si>
     <t>03:00</t>
   </si>
   <si>
     <t>07:00</t>
   </si>
   <si>
+    <t>Со Максим</t>
+  </si>
+  <si>
+    <t>29:00</t>
+  </si>
+  <si>
+    <t>Серов Олег</t>
+  </si>
+  <si>
+    <t>41:30</t>
+  </si>
+  <si>
+    <t>Лазарев Максим</t>
+  </si>
+  <si>
     <t>Шептун Дмитрий</t>
-  </si>
-[...13 lines deleted...]
-    <t>Лазарев Максим</t>
   </si>
   <si>
     <t>Киселев Алексей</t>
   </si>
   <si>
     <t>Сологубов Максим</t>
   </si>
   <si>
     <t>Носков Алексей</t>
   </si>
   <si>
     <t>Маскалев Алексей</t>
   </si>
   <si>
     <t>Ким Виктор</t>
   </si>
   <si>
     <t>Петренко Дмитрий</t>
   </si>
   <si>
     <t>Резанов Константин</t>
   </si>
   <si>
     <t>Макий Павел</t>
   </si>
@@ -1336,115 +1336,115 @@
       <c r="B16" s="12" t="s">
         <v>43</v>
       </c>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>
       <c r="G16" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="8"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
       <c r="Q16" s="6"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="5">
-        <v>80</v>
+        <v>88</v>
       </c>
       <c r="B17" s="12" t="s">
         <v>44</v>
       </c>
       <c r="C17" s="13"/>
       <c r="D17" s="13"/>
       <c r="E17" s="13"/>
       <c r="F17" s="14"/>
       <c r="G17" s="5" t="s">
         <v>31</v>
       </c>
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="8"/>
       <c r="N17" s="6"/>
       <c r="O17" s="6"/>
       <c r="P17" s="6"/>
       <c r="Q17" s="6"/>
       <c r="R17" s="6"/>
       <c r="S17" s="6"/>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="5">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="B18" s="12" t="s">
         <v>45</v>
       </c>
       <c r="C18" s="13"/>
       <c r="D18" s="13"/>
       <c r="E18" s="13"/>
       <c r="F18" s="14"/>
       <c r="G18" s="5" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="H18" s="6"/>
       <c r="I18" s="6"/>
       <c r="J18" s="6"/>
       <c r="K18" s="6"/>
       <c r="L18" s="6"/>
       <c r="M18" s="8"/>
       <c r="N18" s="6"/>
       <c r="O18" s="6"/>
       <c r="P18" s="6"/>
       <c r="Q18" s="6"/>
       <c r="R18" s="6"/>
       <c r="S18" s="6"/>
     </row>
     <row r="19" spans="1:19">
       <c r="A19" s="5">
-        <v>90</v>
+        <v>97</v>
       </c>
       <c r="B19" s="12" t="s">
         <v>46</v>
       </c>
       <c r="C19" s="13"/>
       <c r="D19" s="13"/>
       <c r="E19" s="13"/>
       <c r="F19" s="14"/>
       <c r="G19" s="5" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="H19" s="6"/>
       <c r="I19" s="6"/>
       <c r="J19" s="6"/>
       <c r="K19" s="6"/>
       <c r="L19" s="6"/>
       <c r="M19" s="8"/>
       <c r="N19" s="6"/>
       <c r="O19" s="6"/>
       <c r="P19" s="6"/>
       <c r="Q19" s="6"/>
       <c r="R19" s="6"/>
       <c r="S19" s="6"/>
     </row>
     <row r="20" spans="1:19">
       <c r="A20" s="5"/>
       <c r="B20" s="12"/>
       <c r="C20" s="13"/>
       <c r="D20" s="13"/>
       <c r="E20" s="13"/>
       <c r="F20" s="14"/>
       <c r="G20" s="5"/>
       <c r="H20" s="6"/>
       <c r="I20" s="6"/>
       <c r="J20" s="6"/>
@@ -1712,158 +1712,158 @@
         <v>15</v>
       </c>
       <c r="L30" s="7">
         <v>48</v>
       </c>
       <c r="M30" s="7">
         <v>96</v>
       </c>
       <c r="N30" s="7" t="s">
         <v>52</v>
       </c>
       <c r="O30" s="7">
         <v>81</v>
       </c>
       <c r="P30" s="7">
         <v>2</v>
       </c>
       <c r="Q30" s="7">
         <v>3</v>
       </c>
       <c r="R30" s="7"/>
       <c r="S30" s="7"/>
     </row>
     <row r="31" spans="1:19">
       <c r="A31" s="7">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="B31" s="12" t="s">
         <v>53</v>
       </c>
       <c r="C31" s="13"/>
       <c r="D31" s="13"/>
       <c r="E31" s="13"/>
       <c r="F31" s="14"/>
       <c r="G31" s="7" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="H31" s="7"/>
       <c r="I31" s="7"/>
       <c r="J31" s="7"/>
       <c r="K31" s="7"/>
       <c r="L31" s="7"/>
       <c r="M31" s="7"/>
       <c r="N31" s="7" t="s">
         <v>54</v>
       </c>
       <c r="O31" s="7">
         <v>69</v>
       </c>
       <c r="P31" s="7">
         <v>2</v>
       </c>
       <c r="Q31" s="7">
         <v>5</v>
       </c>
       <c r="R31" s="7"/>
       <c r="S31" s="7"/>
     </row>
     <row r="32" spans="1:19">
       <c r="A32" s="7">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="B32" s="12" t="s">
         <v>55</v>
       </c>
       <c r="C32" s="13"/>
       <c r="D32" s="13"/>
       <c r="E32" s="13"/>
       <c r="F32" s="14"/>
       <c r="G32" s="7" t="s">
         <v>31</v>
       </c>
       <c r="H32" s="7"/>
       <c r="I32" s="7"/>
       <c r="J32" s="7"/>
       <c r="K32" s="7"/>
       <c r="L32" s="7"/>
       <c r="M32" s="7"/>
       <c r="N32" s="7" t="s">
         <v>56</v>
       </c>
       <c r="O32" s="7">
         <v>48</v>
       </c>
       <c r="P32" s="7">
         <v>2</v>
       </c>
       <c r="Q32" s="7">
         <v>1</v>
       </c>
       <c r="R32" s="7"/>
       <c r="S32" s="7"/>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" s="7">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B33" s="12" t="s">
         <v>57</v>
       </c>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>
       <c r="G33" s="7" t="s">
         <v>31</v>
       </c>
       <c r="H33" s="7"/>
       <c r="I33" s="7"/>
       <c r="J33" s="7"/>
       <c r="K33" s="7"/>
       <c r="L33" s="7"/>
       <c r="M33" s="7"/>
       <c r="N33" s="7"/>
       <c r="O33" s="7"/>
       <c r="P33" s="7"/>
       <c r="Q33" s="7"/>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>58</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="H34" s="7"/>
       <c r="I34" s="7"/>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="7"/>
       <c r="M34" s="7"/>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
         <v>23</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>59</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>