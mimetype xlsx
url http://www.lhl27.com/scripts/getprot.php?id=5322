--- v0 (2025-12-07)
+++ v1 (2026-02-16)
@@ -153,54 +153,54 @@
   <si>
     <t>44-56</t>
   </si>
   <si>
     <t>44-50</t>
   </si>
   <si>
     <t>Ушаков Игорь</t>
   </si>
   <si>
     <t>Писарь Данила</t>
   </si>
   <si>
     <t>Потарев Давид</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Филипчук Виталий</t>
   </si>
   <si>
     <t>Добродеев Руслан</t>
   </si>
   <si>
+    <t>Писарь Алексей</t>
+  </si>
+  <si>
     <t>Федоренко Федор</t>
-  </si>
-[...1 lines deleted...]
-    <t>Писарь Алексей</t>
   </si>
   <si>
     <t>Филипчук Анатолий</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Шкипер Брук»</t>
   </si>
   <si>
     <t>Фадеев Владислав</t>
   </si>
   <si>
     <t>05-26</t>
   </si>
   <si>
     <t>01-05</t>
   </si>
   <si>
     <t>Сариев Илья</t>
   </si>
@@ -1290,51 +1290,51 @@
       <c r="B14" s="12" t="s">
         <v>44</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
       <c r="G14" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="B15" s="12" t="s">
         <v>45</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
       <c r="G15" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">