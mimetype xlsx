--- v0 (2025-12-06)
+++ v1 (2026-02-16)
@@ -177,57 +177,57 @@
   <si>
     <t>Ерохин Дмитрий</t>
   </si>
   <si>
     <t>Елисеев Никита</t>
   </si>
   <si>
     <t>Корзов Никита</t>
   </si>
   <si>
     <t>Сурадеев Данила</t>
   </si>
   <si>
     <t>Чепелев Егор</t>
   </si>
   <si>
     <t>Жульмагамбетов Андрей</t>
   </si>
   <si>
     <t>Кузнецов Александр</t>
   </si>
   <si>
     <t>Буряков Максим</t>
   </si>
   <si>
+    <t>Ащеулов Александр</t>
+  </si>
+  <si>
     <t>Богомолов Артем</t>
   </si>
   <si>
     <t>Ушаков Игорь</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ащеулов Александр</t>
   </si>
   <si>
     <t>Шидий Валерий</t>
   </si>
   <si>
     <t>Иваничкин Иван</t>
   </si>
   <si>
     <t>Гущин Артем</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
   <si>
     <t>Новгородцев Илья</t>
   </si>
   <si>
     <t>Егорычев Игорь</t>
   </si>
@@ -1847,105 +1847,105 @@
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7">
         <v>33</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>53</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>
       <c r="G40" s="7" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>
       <c r="K40" s="7"/>
       <c r="L40" s="7"/>
       <c r="M40" s="7"/>
       <c r="N40" s="7"/>
       <c r="O40" s="7"/>
       <c r="P40" s="7"/>
       <c r="Q40" s="7"/>
       <c r="R40" s="7"/>
       <c r="S40" s="7"/>
     </row>
     <row r="41" spans="1:19">
       <c r="A41" s="7">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="B41" s="12" t="s">
         <v>54</v>
       </c>
       <c r="C41" s="13"/>
       <c r="D41" s="13"/>
       <c r="E41" s="13"/>
       <c r="F41" s="14"/>
       <c r="G41" s="7" t="s">
         <v>30</v>
       </c>
       <c r="H41" s="7"/>
       <c r="I41" s="7"/>
       <c r="J41" s="7"/>
       <c r="K41" s="7"/>
       <c r="L41" s="7"/>
       <c r="M41" s="7"/>
       <c r="N41" s="7"/>
       <c r="O41" s="7"/>
       <c r="P41" s="7"/>
       <c r="Q41" s="7"/>
       <c r="R41" s="7"/>
       <c r="S41" s="7"/>
     </row>
     <row r="42" spans="1:19">
       <c r="A42" s="7">
-        <v>63</v>
+        <v>45</v>
       </c>
       <c r="B42" s="12" t="s">
         <v>55</v>
       </c>
       <c r="C42" s="13"/>
       <c r="D42" s="13"/>
       <c r="E42" s="13"/>
       <c r="F42" s="14"/>
       <c r="G42" s="7" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="H42" s="7"/>
       <c r="I42" s="7"/>
       <c r="J42" s="7"/>
       <c r="K42" s="7"/>
       <c r="L42" s="7"/>
       <c r="M42" s="7"/>
       <c r="N42" s="7"/>
       <c r="O42" s="7"/>
       <c r="P42" s="7"/>
       <c r="Q42" s="7"/>
       <c r="R42" s="7"/>
       <c r="S42" s="7"/>
     </row>
     <row r="43" spans="1:19">
       <c r="A43" s="7">
         <v>71</v>
       </c>
       <c r="B43" s="12" t="s">
         <v>56</v>
       </c>
       <c r="C43" s="13"/>
       <c r="D43" s="13"/>
       <c r="E43" s="13"/>
       <c r="F43" s="14"/>