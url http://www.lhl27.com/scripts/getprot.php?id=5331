--- v0 (2025-12-15)
+++ v1 (2026-02-17)
@@ -120,57 +120,57 @@
   <si>
     <t>Корзов Никита</t>
   </si>
   <si>
     <t>Жульмагамбетов Андрей</t>
   </si>
   <si>
     <t>Найко Александр</t>
   </si>
   <si>
     <t>Васильев Артем</t>
   </si>
   <si>
     <t>Кузнецов Александр</t>
   </si>
   <si>
     <t>Богомолов Алексей</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Ушаков Игорь</t>
   </si>
   <si>
+    <t>Данилов Артём</t>
+  </si>
+  <si>
+    <t>Иваничкин Иван</t>
+  </si>
+  <si>
     <t>Ягодкин Никита</t>
-  </si>
-[...4 lines deleted...]
-    <t>Иваничкин Иван</t>
   </si>
   <si>
     <t>Качесов Олег</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Rock'n'Rolla»</t>
   </si>
   <si>
     <t>Авсиевич Александр</t>
   </si>
   <si>
     <t>04:30</t>
   </si>
   <si>
     <t>09:30</t>
   </si>
   <si>
     <t>Лушников Глеб</t>
   </si>
@@ -1144,105 +1144,105 @@
       <c r="B13" s="12" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
         <v>25</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="B14" s="12" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
       <c r="G14" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B15" s="12" t="s">
         <v>35</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
       <c r="G15" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" s="5">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B16" s="12" t="s">
         <v>36</v>
       </c>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>
       <c r="G16" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="8"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
       <c r="Q16" s="6"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
     </row>
     <row r="17" spans="1:19">