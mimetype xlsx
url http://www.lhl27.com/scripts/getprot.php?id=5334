--- v0 (2025-12-08)
+++ v1 (2026-02-16)
@@ -171,54 +171,54 @@
   <si>
     <t>05-02</t>
   </si>
   <si>
     <t>21-47</t>
   </si>
   <si>
     <t>Салагубов Иван</t>
   </si>
   <si>
     <t>40-57</t>
   </si>
   <si>
     <t>Трубачев Дмитрий</t>
   </si>
   <si>
     <t>42-14</t>
   </si>
   <si>
     <t>Раденко Михаил</t>
   </si>
   <si>
     <t>Волошин Глеб</t>
   </si>
   <si>
+    <t>Молофеев Александр</t>
+  </si>
+  <si>
     <t>Локтев Дмитрий</t>
-  </si>
-[...1 lines deleted...]
-    <t>Молофеев Александр</t>
   </si>
   <si>
     <t>Янчевский Владислав</t>
   </si>
   <si>
     <t>Цыбулько Ян</t>
   </si>
   <si>
     <t>Семергеев Дмитрий</t>
   </si>
   <si>
     <t>Катько Андрей</t>
   </si>
   <si>
     <t>Локтев Андрей</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Алексеев Алексей</t>
   </si>
   <si>
     <t>Субботников Вадим</t>
   </si>