--- v0 (2025-12-07)
+++ v1 (2025-12-14)
@@ -135,54 +135,54 @@
   <si>
     <t>Заикин Илья</t>
   </si>
   <si>
     <t>Кузнецов Александр</t>
   </si>
   <si>
     <t>Буряков Максим</t>
   </si>
   <si>
     <t>Бурдинский Иван</t>
   </si>
   <si>
     <t>Ушаков Игорь</t>
   </si>
   <si>
     <t>Шидий Валерий</t>
   </si>
   <si>
     <t>Зборовский Илья</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
+    <t>Ягодкин Никита</t>
+  </si>
+  <si>
     <t>Селиверстов Алексей</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ягодкин Никита</t>
   </si>
   <si>
     <t>Ершов Илья</t>
   </si>
   <si>
     <t>Гущин Артем</t>
   </si>
   <si>
     <t>Качесов Олег</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Союз»</t>
   </si>
   <si>
     <t>Стельмах Андрей</t>
   </si>
   <si>
     <t>38-54</t>
   </si>
@@ -1215,51 +1215,51 @@
       <c r="B14" s="12" t="s">
         <v>37</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
       <c r="G14" s="5" t="s">
         <v>38</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="B15" s="12" t="s">
         <v>39</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
       <c r="G15" s="5" t="s">
         <v>26</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">