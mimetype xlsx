--- v0 (2026-02-17)
+++ v1 (2026-02-17)
@@ -123,54 +123,54 @@
   <si>
     <t>ПБ</t>
   </si>
   <si>
     <t>45:00</t>
   </si>
   <si>
     <t>18:58</t>
   </si>
   <si>
     <t>Неверов Егор</t>
   </si>
   <si>
     <t>28:22</t>
   </si>
   <si>
     <t>Елисеев Никита</t>
   </si>
   <si>
     <t>Заикин Илья</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
+    <t>Рыбин Марк</t>
+  </si>
+  <si>
     <t>Сурадеев Данила</t>
-  </si>
-[...1 lines deleted...]
-    <t>Рыбин Марк</t>
   </si>
   <si>
     <t>Жульмагамбетов Андрей</t>
   </si>
   <si>
     <t>Кузнецов Александр</t>
   </si>
   <si>
     <t>Буряков Максим</t>
   </si>
   <si>
     <t>Ушаков Игорь</t>
   </si>
   <si>
     <t>Шидий Валерий</t>
   </si>
   <si>
     <t>Иваничкин Иван</t>
   </si>
   <si>
     <t>Ершов Илья</t>
   </si>
   <si>
     <t>Гущин Артем</t>
   </si>