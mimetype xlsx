--- v0 (2025-12-06)
+++ v1 (2026-02-16)
@@ -126,54 +126,54 @@
   <si>
     <t>18:00</t>
   </si>
   <si>
     <t>Мандыбура Михаил</t>
   </si>
   <si>
     <t>31:10</t>
   </si>
   <si>
     <t>Франчук Михаил</t>
   </si>
   <si>
     <t>Моисеенков Александр</t>
   </si>
   <si>
     <t>Коваленко Петр</t>
   </si>
   <si>
     <t>Шарабарин Иван</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
+    <t>Ащеулов Александр</t>
+  </si>
+  <si>
     <t>Ивачев Александр</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ащеулов Александр</t>
   </si>
   <si>
     <t>Колос Герман</t>
   </si>
   <si>
     <t>Лихоманов Алексей</t>
   </si>
   <si>
     <t>Логинов Сергей</t>
   </si>
   <si>
     <t>Баблюк Иван</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «OWLS»</t>
   </si>
   <si>
     <t>Куць Никита</t>
   </si>
@@ -1199,51 +1199,51 @@
       <c r="B13" s="12" t="s">
         <v>36</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
-        <v>63</v>
+        <v>33</v>
       </c>
       <c r="B14" s="12" t="s">
         <v>37</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
       <c r="G14" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">