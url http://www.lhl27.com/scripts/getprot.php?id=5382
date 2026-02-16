--- v0 (2025-12-15)
+++ v1 (2026-02-16)
@@ -168,114 +168,114 @@
   <si>
     <t>Русских Дмитрий</t>
   </si>
   <si>
     <t>Первоухин Дмитрий</t>
   </si>
   <si>
     <t>Менщиков Данила</t>
   </si>
   <si>
     <t>Шишков Михаил</t>
   </si>
   <si>
     <t>Ткаченко Роман</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Центурион»</t>
   </si>
   <si>
+    <t>Заседа Алексей</t>
+  </si>
+  <si>
+    <t>13:00</t>
+  </si>
+  <si>
+    <t>09:00</t>
+  </si>
+  <si>
     <t>Коровин Антон</t>
   </si>
   <si>
-    <t>13:00</t>
-[...7 lines deleted...]
-  <si>
     <t>Селихов Алексей</t>
   </si>
   <si>
     <t>32:30</t>
   </si>
   <si>
     <t>Голощапов Николай</t>
   </si>
   <si>
     <t>Куюмчибашев Данил</t>
   </si>
   <si>
     <t>Мандыбура Михаил</t>
   </si>
   <si>
     <t>Лопухов Егор</t>
   </si>
   <si>
     <t>Франчук Михаил</t>
   </si>
   <si>
     <t>Моисеенков Александр</t>
   </si>
   <si>
     <t>Коваленко Петр</t>
   </si>
   <si>
     <t>Шарабарин Иван</t>
   </si>
   <si>
+    <t>Ащеулов Александр</t>
+  </si>
+  <si>
     <t>Ивачев Александр</t>
   </si>
   <si>
-    <t>Ащеулов Александр</t>
-[...1 lines deleted...]
-  <si>
     <t>Абросимов Александр</t>
   </si>
   <si>
     <t>Колос Герман</t>
   </si>
   <si>
     <t>Лихоманов Алексей</t>
   </si>
   <si>
+    <t>Феденович Александр</t>
+  </si>
+  <si>
+    <t>Сухоруков Артем</t>
+  </si>
+  <si>
     <t>Ягодкин Никита</t>
-  </si>
-[...4 lines deleted...]
-    <t>Сухоруков Артем</t>
   </si>
   <si>
     <t>Рудаков Максим</t>
   </si>
   <si>
     <t>Шкедов Денис</t>
   </si>
   <si>
     <t>Логинов Сергей</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -1679,96 +1679,96 @@
       <c r="P29" s="7" t="s">
         <v>17</v>
       </c>
       <c r="Q29" s="7" t="s">
         <v>18</v>
       </c>
       <c r="R29" s="7" t="s">
         <v>19</v>
       </c>
       <c r="S29" s="7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="30" spans="1:19">
       <c r="A30" s="7">
         <v>9</v>
       </c>
       <c r="B30" s="12" t="s">
         <v>50</v>
       </c>
       <c r="C30" s="13"/>
       <c r="D30" s="13"/>
       <c r="E30" s="13"/>
       <c r="F30" s="14"/>
       <c r="G30" s="7" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="H30" s="7">
         <v>1</v>
       </c>
       <c r="I30" s="7"/>
       <c r="J30" s="7" t="s">
         <v>51</v>
       </c>
       <c r="K30" s="7">
         <v>69</v>
       </c>
       <c r="L30" s="7">
         <v>17</v>
       </c>
       <c r="M30" s="7">
         <v>74</v>
       </c>
       <c r="N30" s="7" t="s">
         <v>52</v>
       </c>
       <c r="O30" s="7">
         <v>69</v>
       </c>
       <c r="P30" s="7">
         <v>2</v>
       </c>
       <c r="Q30" s="7">
         <v>5</v>
       </c>
       <c r="R30" s="7"/>
       <c r="S30" s="7"/>
     </row>
     <row r="31" spans="1:19">
       <c r="A31" s="7">
         <v>9</v>
       </c>
       <c r="B31" s="12" t="s">
         <v>53</v>
       </c>
       <c r="C31" s="13"/>
       <c r="D31" s="13"/>
       <c r="E31" s="13"/>
       <c r="F31" s="14"/>
       <c r="G31" s="7" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="H31" s="7"/>
       <c r="I31" s="7"/>
       <c r="J31" s="7"/>
       <c r="K31" s="7"/>
       <c r="L31" s="7"/>
       <c r="M31" s="7"/>
       <c r="N31" s="7" t="s">
         <v>38</v>
       </c>
       <c r="O31" s="7">
         <v>24</v>
       </c>
       <c r="P31" s="7">
         <v>2</v>
       </c>
       <c r="Q31" s="7">
         <v>5</v>
       </c>
       <c r="R31" s="7"/>
       <c r="S31" s="7"/>
     </row>
     <row r="32" spans="1:19">
       <c r="A32" s="7">
         <v>12</v>
@@ -2035,51 +2035,51 @@
       <c r="B41" s="12" t="s">
         <v>64</v>
       </c>
       <c r="C41" s="13"/>
       <c r="D41" s="13"/>
       <c r="E41" s="13"/>
       <c r="F41" s="14"/>
       <c r="G41" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H41" s="7"/>
       <c r="I41" s="7"/>
       <c r="J41" s="7"/>
       <c r="K41" s="7"/>
       <c r="L41" s="7"/>
       <c r="M41" s="7"/>
       <c r="N41" s="7"/>
       <c r="O41" s="7"/>
       <c r="P41" s="7"/>
       <c r="Q41" s="7"/>
       <c r="R41" s="7"/>
       <c r="S41" s="7"/>
     </row>
     <row r="42" spans="1:19">
       <c r="A42" s="7">
-        <v>63</v>
+        <v>33</v>
       </c>
       <c r="B42" s="12" t="s">
         <v>65</v>
       </c>
       <c r="C42" s="13"/>
       <c r="D42" s="13"/>
       <c r="E42" s="13"/>
       <c r="F42" s="14"/>
       <c r="G42" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H42" s="7"/>
       <c r="I42" s="7"/>
       <c r="J42" s="7"/>
       <c r="K42" s="7"/>
       <c r="L42" s="7"/>
       <c r="M42" s="7"/>
       <c r="N42" s="7"/>
       <c r="O42" s="7"/>
       <c r="P42" s="7"/>
       <c r="Q42" s="7"/>
       <c r="R42" s="7"/>
       <c r="S42" s="7"/>
     </row>
     <row r="43" spans="1:19">
@@ -2143,115 +2143,115 @@
       <c r="B45" s="12" t="s">
         <v>68</v>
       </c>
       <c r="C45" s="13"/>
       <c r="D45" s="13"/>
       <c r="E45" s="13"/>
       <c r="F45" s="14"/>
       <c r="G45" s="7" t="s">
         <v>26</v>
       </c>
       <c r="H45" s="7"/>
       <c r="I45" s="7"/>
       <c r="J45" s="7"/>
       <c r="K45" s="7"/>
       <c r="L45" s="7"/>
       <c r="M45" s="7"/>
       <c r="N45" s="7"/>
       <c r="O45" s="7"/>
       <c r="P45" s="7"/>
       <c r="Q45" s="7"/>
       <c r="R45" s="7"/>
       <c r="S45" s="7"/>
     </row>
     <row r="46" spans="1:19">
       <c r="A46" s="7">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="B46" s="12" t="s">
         <v>69</v>
       </c>
       <c r="C46" s="13"/>
       <c r="D46" s="13"/>
       <c r="E46" s="13"/>
       <c r="F46" s="14"/>
       <c r="G46" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H46" s="7"/>
       <c r="I46" s="7"/>
       <c r="J46" s="7"/>
       <c r="K46" s="7"/>
       <c r="L46" s="7"/>
       <c r="M46" s="7"/>
       <c r="N46" s="7"/>
       <c r="O46" s="7"/>
       <c r="P46" s="7"/>
       <c r="Q46" s="7"/>
       <c r="R46" s="7"/>
       <c r="S46" s="7"/>
     </row>
     <row r="47" spans="1:19">
       <c r="A47" s="7">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B47" s="12" t="s">
         <v>70</v>
       </c>
       <c r="C47" s="13"/>
       <c r="D47" s="13"/>
       <c r="E47" s="13"/>
       <c r="F47" s="14"/>
       <c r="G47" s="7" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="H47" s="7"/>
       <c r="I47" s="7"/>
       <c r="J47" s="7"/>
       <c r="K47" s="7"/>
       <c r="L47" s="7"/>
       <c r="M47" s="7"/>
       <c r="N47" s="7"/>
       <c r="O47" s="7"/>
       <c r="P47" s="7"/>
       <c r="Q47" s="7"/>
       <c r="R47" s="7"/>
       <c r="S47" s="7"/>
     </row>
     <row r="48" spans="1:19">
       <c r="A48" s="7">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B48" s="12" t="s">
         <v>71</v>
       </c>
       <c r="C48" s="13"/>
       <c r="D48" s="13"/>
       <c r="E48" s="13"/>
       <c r="F48" s="14"/>
       <c r="G48" s="7" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="H48" s="7"/>
       <c r="I48" s="7"/>
       <c r="J48" s="7"/>
       <c r="K48" s="7"/>
       <c r="L48" s="7"/>
       <c r="M48" s="7"/>
       <c r="N48" s="7"/>
       <c r="O48" s="7"/>
       <c r="P48" s="7"/>
       <c r="Q48" s="7"/>
       <c r="R48" s="7"/>
       <c r="S48" s="7"/>
     </row>
     <row r="49" spans="1:19">
       <c r="A49" s="7">
         <v>91</v>
       </c>
       <c r="B49" s="12" t="s">
         <v>72</v>
       </c>
       <c r="C49" s="13"/>
       <c r="D49" s="13"/>
       <c r="E49" s="13"/>
       <c r="F49" s="14"/>