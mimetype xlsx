--- v0 (2025-12-15)
+++ v1 (2026-02-16)
@@ -123,57 +123,57 @@
   <si>
     <t>45:00</t>
   </si>
   <si>
     <t>Садовников Сергей</t>
   </si>
   <si>
     <t>Кукало Анастасия</t>
   </si>
   <si>
     <t>Трунова Наталья</t>
   </si>
   <si>
     <t>Небрат Денис</t>
   </si>
   <si>
     <t>Тен Владимир</t>
   </si>
   <si>
     <t>Сердюков Никита</t>
   </si>
   <si>
     <t>Пышненко Артем</t>
   </si>
   <si>
+    <t>Смирнов Алексей</t>
+  </si>
+  <si>
+    <t>Вр</t>
+  </si>
+  <si>
     <t>Смазнов Руслан</t>
-  </si>
-[...4 lines deleted...]
-    <t>Вр</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Пульсар»</t>
   </si>
   <si>
     <t>Мележик Максим</t>
   </si>
   <si>
     <t>7:42</t>
   </si>
   <si>
     <t>6:19</t>
   </si>
   <si>
     <t>Харченко Михаил</t>
   </si>
   <si>
     <t>Кочетов Евгений</t>
   </si>
@@ -1160,78 +1160,78 @@
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>98</v>
       </c>
       <c r="B14" s="12" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
       <c r="G14" s="5" t="s">
-        <v>25</v>
+        <v>36</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
         <v>98</v>
       </c>
       <c r="B15" s="12" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
       <c r="G15" s="5" t="s">
-        <v>37</v>
+        <v>25</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" s="5"/>
       <c r="B16" s="12"/>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>
       <c r="G16" s="5"/>
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
@@ -1649,51 +1649,51 @@
       <c r="H32" s="7"/>
       <c r="I32" s="7"/>
       <c r="J32" s="7"/>
       <c r="K32" s="7"/>
       <c r="L32" s="7"/>
       <c r="M32" s="7"/>
       <c r="N32" s="7"/>
       <c r="O32" s="7"/>
       <c r="P32" s="7"/>
       <c r="Q32" s="7"/>
       <c r="R32" s="7"/>
       <c r="S32" s="7"/>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" s="7">
         <v>21</v>
       </c>
       <c r="B33" s="12" t="s">
         <v>46</v>
       </c>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>
       <c r="G33" s="7" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="H33" s="7"/>
       <c r="I33" s="7"/>
       <c r="J33" s="7"/>
       <c r="K33" s="7"/>
       <c r="L33" s="7"/>
       <c r="M33" s="7"/>
       <c r="N33" s="7"/>
       <c r="O33" s="7"/>
       <c r="P33" s="7"/>
       <c r="Q33" s="7"/>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
         <v>24</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>47</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>