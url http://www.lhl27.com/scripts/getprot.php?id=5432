--- v0 (2025-12-08)
+++ v1 (2026-02-18)
@@ -156,54 +156,54 @@
   <si>
     <t>Юн Михаил</t>
   </si>
   <si>
     <t>Расщупкин Александр</t>
   </si>
   <si>
     <t>Тен Владимир</t>
   </si>
   <si>
     <t>Аникин Владислав</t>
   </si>
   <si>
     <t>Безнощенко Владимир</t>
   </si>
   <si>
     <t>Сердюков Никита</t>
   </si>
   <si>
     <t>Смирнов Алексей</t>
   </si>
   <si>
     <t>Пышненко Артем</t>
   </si>
   <si>
+    <t>Вр</t>
+  </si>
+  <si>
     <t>Смазнов Руслан</t>
-  </si>
-[...1 lines deleted...]
-    <t>Вр</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Феникс»</t>
   </si>
   <si>
     <t>Одинец Александр</t>
   </si>
   <si>
     <t>6:07</t>
   </si>
   <si>
     <t>Яровенко Родион</t>
   </si>
   <si>
     <t>9:28</t>
   </si>
   <si>
     <t>Зенков Михаил</t>
   </si>
@@ -1505,85 +1505,85 @@
       <c r="C23" s="13"/>
       <c r="D23" s="13"/>
       <c r="E23" s="13"/>
       <c r="F23" s="14"/>
       <c r="G23" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H23" s="6"/>
       <c r="I23" s="6"/>
       <c r="J23" s="6"/>
       <c r="K23" s="6"/>
       <c r="L23" s="6"/>
       <c r="M23" s="8"/>
       <c r="N23" s="6"/>
       <c r="O23" s="6"/>
       <c r="P23" s="6"/>
       <c r="Q23" s="6"/>
       <c r="R23" s="6"/>
       <c r="S23" s="6"/>
     </row>
     <row r="24" spans="1:19">
       <c r="A24" s="5">
         <v>98</v>
       </c>
       <c r="B24" s="12" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C24" s="13"/>
       <c r="D24" s="13"/>
       <c r="E24" s="13"/>
       <c r="F24" s="14"/>
       <c r="G24" s="5" t="s">
-        <v>28</v>
+        <v>46</v>
       </c>
       <c r="H24" s="6"/>
       <c r="I24" s="6"/>
       <c r="J24" s="6"/>
       <c r="K24" s="6"/>
       <c r="L24" s="6"/>
       <c r="M24" s="8"/>
       <c r="N24" s="6"/>
       <c r="O24" s="6"/>
       <c r="P24" s="6"/>
       <c r="Q24" s="6"/>
       <c r="R24" s="6"/>
       <c r="S24" s="6"/>
     </row>
     <row r="25" spans="1:19">
       <c r="A25" s="10">
         <v>98</v>
       </c>
       <c r="B25" s="12" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="C25" s="13"/>
       <c r="D25" s="13"/>
       <c r="E25" s="13"/>
       <c r="F25" s="14"/>
       <c r="G25" s="10" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="H25" s="10"/>
       <c r="I25" s="10"/>
       <c r="J25" s="10"/>
       <c r="K25" s="10"/>
       <c r="L25" s="10"/>
       <c r="M25" s="10"/>
       <c r="N25" s="10"/>
       <c r="O25" s="10"/>
       <c r="P25" s="10"/>
       <c r="Q25" s="10"/>
       <c r="R25" s="10"/>
       <c r="S25" s="10"/>
     </row>
     <row r="26" spans="1:19">
       <c r="A26" s="5"/>
       <c r="B26" s="12"/>
       <c r="C26" s="13"/>
       <c r="D26" s="13"/>
       <c r="E26" s="13"/>
       <c r="F26" s="14"/>
       <c r="G26" s="5"/>
       <c r="H26" s="6"/>
       <c r="I26" s="6"/>
       <c r="J26" s="6"/>
@@ -1956,51 +1956,51 @@
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>20</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>64</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
       <c r="G38" s="7" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
         <v>23</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>65</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>