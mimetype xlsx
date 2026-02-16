--- v0 (2025-12-08)
+++ v1 (2026-02-16)
@@ -1167,51 +1167,51 @@
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
         <v>30</v>
       </c>
       <c r="B12" s="12" t="s">
         <v>35</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
       <c r="G12" s="5" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>33</v>
       </c>
       <c r="B13" s="12" t="s">
         <v>36</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>