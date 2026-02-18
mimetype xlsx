--- v0 (2025-12-06)
+++ v1 (2026-02-18)
@@ -16,51 +16,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Лист1" sheetId="1" r:id="rId4"/>
     <sheet name="Лист2" sheetId="2" r:id="rId5"/>
     <sheet name="Лист3" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="74">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="73">
   <si>
     <t>ОФИЦИАЛЬНЫЙ  ПРОТОКОЛ  МАТЧА «Хулиганы» Vs «Феникс»</t>
   </si>
   <si>
     <t>2023-2024 Вторая лига</t>
   </si>
   <si>
     <t>КЦХ</t>
   </si>
   <si>
     <t>Дата 09.02.2024</t>
   </si>
   <si>
     <t>Начало 20.00</t>
   </si>
   <si>
     <t xml:space="preserve">Игра 153/2 </t>
   </si>
   <si>
     <t>Команда « А » «Хулиганы»</t>
   </si>
   <si>
     <t>Взятие ворот</t>
   </si>
   <si>
@@ -235,53 +235,50 @@
     <t>Бирюков Станислав</t>
   </si>
   <si>
     <t>Сергодеев Вячеслав</t>
   </si>
   <si>
     <t>Москалев Алексей</t>
   </si>
   <si>
     <t>Сычев Артем</t>
   </si>
   <si>
     <t>Александров Марк</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
   <si>
     <t>Растворцев Евгений</t>
-  </si>
-[...1 lines deleted...]
-    <t>Писарев Артем</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="7">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Times New Roman"/>
@@ -2351,53 +2348,51 @@
       <c r="P55" s="20" t="s">
         <v>71</v>
       </c>
       <c r="Q55" s="20"/>
       <c r="R55" s="20"/>
       <c r="S55" s="20"/>
     </row>
     <row r="56" spans="1:19" customHeight="1" ht="12" s="9" customFormat="1">
       <c r="A56" s="21"/>
       <c r="B56" s="21"/>
       <c r="C56" s="21"/>
       <c r="D56" s="21"/>
       <c r="E56" s="21"/>
       <c r="F56" s="22"/>
       <c r="G56" s="23" t="s">
         <v>72</v>
       </c>
       <c r="H56" s="23"/>
       <c r="I56" s="23"/>
       <c r="J56" s="23"/>
       <c r="K56" s="23"/>
       <c r="L56" s="23"/>
       <c r="M56" s="23"/>
       <c r="N56" s="23"/>
       <c r="O56" s="23"/>
-      <c r="P56" s="23" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P56" s="23"/>
       <c r="Q56" s="23"/>
       <c r="R56" s="23"/>
       <c r="S56" s="23"/>
     </row>
     <row r="57" spans="1:19">
       <c r="A57" s="21"/>
       <c r="B57" s="21"/>
       <c r="C57" s="21"/>
       <c r="D57" s="21"/>
       <c r="E57" s="21"/>
       <c r="F57" s="22"/>
       <c r="G57" s="23"/>
       <c r="H57" s="23"/>
       <c r="I57" s="23"/>
       <c r="J57" s="23"/>
       <c r="K57" s="23"/>
       <c r="L57" s="23"/>
       <c r="M57" s="23"/>
       <c r="N57" s="23"/>
       <c r="O57" s="23"/>
       <c r="P57" s="23"/>
       <c r="Q57" s="23"/>
       <c r="R57" s="23"/>
       <c r="S57" s="23"/>
     </row>