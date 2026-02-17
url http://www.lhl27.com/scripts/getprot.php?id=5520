--- v0 (2025-12-08)
+++ v1 (2026-02-17)
@@ -114,57 +114,57 @@
   <si>
     <t>07:00</t>
   </si>
   <si>
     <t>Колегов Алексей</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>+1</t>
   </si>
   <si>
     <t>11:44</t>
   </si>
   <si>
     <t>08:50</t>
   </si>
   <si>
     <t>Никулин Артем</t>
   </si>
   <si>
     <t>19:23</t>
   </si>
   <si>
+    <t>Головочев Денис</t>
+  </si>
+  <si>
+    <t>34:27</t>
+  </si>
+  <si>
     <t>Лакеев Дмитрий</t>
-  </si>
-[...4 lines deleted...]
-    <t>Головочев Денис</t>
   </si>
   <si>
     <t>Кора Владислав</t>
   </si>
   <si>
     <t>Лихачев Леонид</t>
   </si>
   <si>
     <t>Ершов Денис</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Русских Дмитрий</t>
   </si>
   <si>
     <t>Первоухин Дмитрий</t>
   </si>
   <si>
     <t>Менщиков Данила</t>
   </si>
   <si>
     <t>Шишков Михаил</t>
   </si>