--- v0 (2025-12-08)
+++ v1 (2026-02-18)
@@ -171,54 +171,54 @@
   <si>
     <t>Черепанов Константин</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Дозор»</t>
   </si>
   <si>
     <t>Абзалов Артур</t>
   </si>
   <si>
     <t>9:45</t>
   </si>
   <si>
     <t>Колегов Алексей</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
+    <t>Лакеев Дмитрий</t>
+  </si>
+  <si>
     <t>Головочев Денис</t>
-  </si>
-[...1 lines deleted...]
-    <t>Лакеев Дмитрий</t>
   </si>
   <si>
     <t>18:01</t>
   </si>
   <si>
     <t>Кора Владислав</t>
   </si>
   <si>
     <t>Лихачев Леонид</t>
   </si>
   <si>
     <t>Ершов Денис</t>
   </si>
   <si>
     <t>Русских Дмитрий</t>
   </si>
   <si>
     <t>Первоухин Дмитрий</t>
   </si>
   <si>
     <t>Ткаченко Роман</t>
   </si>
   <si>
     <t>Бердычевец Евгений</t>
   </si>