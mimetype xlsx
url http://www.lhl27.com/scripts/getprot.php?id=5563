--- v0 (2025-12-14)
+++ v1 (2026-02-18)
@@ -204,54 +204,54 @@
   <si>
     <t>Иванов Сергей</t>
   </si>
   <si>
     <t>Журавлев Виталий</t>
   </si>
   <si>
     <t>Боровиков Алексей</t>
   </si>
   <si>
     <t>Кошелев Константин</t>
   </si>
   <si>
     <t>Луговой Дмитрий</t>
   </si>
   <si>
     <t>Ломов Артем</t>
   </si>
   <si>
     <t>Курдыш Андрей</t>
   </si>
   <si>
     <t>Кирпота Андрей</t>
   </si>
   <si>
+    <t>Зокожурников Виталий</t>
+  </si>
+  <si>
     <t>Бородин Анатолий</t>
-  </si>
-[...1 lines deleted...]
-    <t>Зокожурников Виталий</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
   <si>
     <t>Булковский Станислав</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="7">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1650,86 +1650,86 @@
       <c r="E31" s="13"/>
       <c r="F31" s="14"/>
       <c r="G31" s="7" t="s">
         <v>26</v>
       </c>
       <c r="H31" s="7">
         <v>2</v>
       </c>
       <c r="I31" s="7"/>
       <c r="J31" s="7" t="s">
         <v>48</v>
       </c>
       <c r="K31" s="7">
         <v>34</v>
       </c>
       <c r="L31" s="7">
         <v>29</v>
       </c>
       <c r="M31" s="7">
         <v>0</v>
       </c>
       <c r="N31" s="7" t="s">
         <v>49</v>
       </c>
       <c r="O31" s="7">
-        <v>80</v>
+        <v>97</v>
       </c>
       <c r="P31" s="7">
         <v>2</v>
       </c>
       <c r="Q31" s="7">
         <v>9</v>
       </c>
       <c r="R31" s="7"/>
       <c r="S31" s="7"/>
     </row>
     <row r="32" spans="1:19">
       <c r="A32" s="7">
         <v>11</v>
       </c>
       <c r="B32" s="12" t="s">
         <v>50</v>
       </c>
       <c r="C32" s="13"/>
       <c r="D32" s="13"/>
       <c r="E32" s="13"/>
       <c r="F32" s="14"/>
       <c r="G32" s="7" t="s">
         <v>26</v>
       </c>
       <c r="H32" s="7"/>
       <c r="I32" s="7"/>
       <c r="J32" s="7"/>
       <c r="K32" s="7"/>
       <c r="L32" s="7"/>
       <c r="M32" s="7"/>
       <c r="N32" s="7" t="s">
         <v>51</v>
       </c>
       <c r="O32" s="7">
-        <v>80</v>
+        <v>97</v>
       </c>
       <c r="P32" s="7">
         <v>2</v>
       </c>
       <c r="Q32" s="7">
         <v>6</v>
       </c>
       <c r="R32" s="7"/>
       <c r="S32" s="7"/>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" s="7">
         <v>13</v>
       </c>
       <c r="B33" s="12" t="s">
         <v>52</v>
       </c>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>
       <c r="G33" s="7" t="s">
         <v>26</v>
       </c>
       <c r="H33" s="7"/>
@@ -1949,78 +1949,78 @@
       <c r="B41" s="12" t="s">
         <v>61</v>
       </c>
       <c r="C41" s="13"/>
       <c r="D41" s="13"/>
       <c r="E41" s="13"/>
       <c r="F41" s="14"/>
       <c r="G41" s="7" t="s">
         <v>26</v>
       </c>
       <c r="H41" s="7"/>
       <c r="I41" s="7"/>
       <c r="J41" s="7"/>
       <c r="K41" s="7"/>
       <c r="L41" s="7"/>
       <c r="M41" s="7"/>
       <c r="N41" s="7"/>
       <c r="O41" s="7"/>
       <c r="P41" s="7"/>
       <c r="Q41" s="7"/>
       <c r="R41" s="7"/>
       <c r="S41" s="7"/>
     </row>
     <row r="42" spans="1:19">
       <c r="A42" s="7">
-        <v>80</v>
+        <v>88</v>
       </c>
       <c r="B42" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C42" s="13"/>
       <c r="D42" s="13"/>
       <c r="E42" s="13"/>
       <c r="F42" s="14"/>
       <c r="G42" s="7" t="s">
         <v>28</v>
       </c>
       <c r="H42" s="7"/>
       <c r="I42" s="7"/>
       <c r="J42" s="7"/>
       <c r="K42" s="7"/>
       <c r="L42" s="7"/>
       <c r="M42" s="7"/>
       <c r="N42" s="7"/>
       <c r="O42" s="7"/>
       <c r="P42" s="7"/>
       <c r="Q42" s="7"/>
       <c r="R42" s="7"/>
       <c r="S42" s="7"/>
     </row>
     <row r="43" spans="1:19">
       <c r="A43" s="7">
-        <v>88</v>
+        <v>97</v>
       </c>
       <c r="B43" s="12" t="s">
         <v>63</v>
       </c>
       <c r="C43" s="13"/>
       <c r="D43" s="13"/>
       <c r="E43" s="13"/>
       <c r="F43" s="14"/>
       <c r="G43" s="7" t="s">
         <v>28</v>
       </c>
       <c r="H43" s="7"/>
       <c r="I43" s="7"/>
       <c r="J43" s="7"/>
       <c r="K43" s="7"/>
       <c r="L43" s="7"/>
       <c r="M43" s="7"/>
       <c r="N43" s="7"/>
       <c r="O43" s="7"/>
       <c r="P43" s="7"/>
       <c r="Q43" s="7"/>
       <c r="R43" s="7"/>
       <c r="S43" s="7"/>
     </row>
     <row r="44" spans="1:19">