--- v0 (2025-12-08)
+++ v1 (2026-02-15)
@@ -16,51 +16,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Лист1" sheetId="1" r:id="rId4"/>
     <sheet name="Лист2" sheetId="2" r:id="rId5"/>
     <sheet name="Лист3" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="81">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="80">
   <si>
     <t>ОФИЦИАЛЬНЫЙ  ПРОТОКОЛ  МАТЧА «Энергетик» Vs «Восход»</t>
   </si>
   <si>
     <t>2023-2024 Лига Мечты</t>
   </si>
   <si>
     <t>Лидер</t>
   </si>
   <si>
     <t>Дата 29.02.2024</t>
   </si>
   <si>
     <t>Начало 19.50</t>
   </si>
   <si>
     <t xml:space="preserve">Игра 52/М </t>
   </si>
   <si>
     <t>Команда « А » «Энергетик»</t>
   </si>
   <si>
     <t>Взятие ворот</t>
   </si>
   <si>
@@ -165,59 +165,59 @@
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>40:54</t>
   </si>
   <si>
     <t>Ким Василий</t>
   </si>
   <si>
     <t>43:50</t>
   </si>
   <si>
     <t>Ломов Артем</t>
   </si>
   <si>
     <t>44:53</t>
   </si>
   <si>
     <t>Курдыш Андрей</t>
   </si>
   <si>
     <t>Кирпота Андрей</t>
   </si>
   <si>
+    <t>Зокожурников Виталий</t>
+  </si>
+  <si>
+    <t>Никлонский Максим</t>
+  </si>
+  <si>
     <t>Бородин Анатолий</t>
   </si>
   <si>
-    <t>Зокожурников Виталий</t>
-[...4 lines deleted...]
-  <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Восход»</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>Дудурич Дмитрий</t>
   </si>
   <si>
     <t>Лупин Владислав</t>
   </si>
   <si>
     <t>Спивак Иван</t>
   </si>
   <si>
     <t>Политыкин Александр</t>
   </si>
   <si>
     <t>Бурмако Илья</t>
@@ -256,53 +256,50 @@
     <t>Попов Артем</t>
   </si>
   <si>
     <t>Хавылов Евгений</t>
   </si>
   <si>
     <t>Тимошкин Александр</t>
   </si>
   <si>
     <t>Кван Виталий</t>
   </si>
   <si>
     <t>Котов Олег</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
   <si>
     <t>Севрюгин Егор</t>
-  </si>
-[...1 lines deleted...]
-    <t>Писарев Артем</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="7">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Times New Roman"/>
@@ -1393,115 +1390,115 @@
       <c r="B16" s="12" t="s">
         <v>48</v>
       </c>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>
       <c r="G16" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="8"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
       <c r="Q16" s="6"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="5">
-        <v>80</v>
+        <v>88</v>
       </c>
       <c r="B17" s="12" t="s">
         <v>49</v>
       </c>
       <c r="C17" s="13"/>
       <c r="D17" s="13"/>
       <c r="E17" s="13"/>
       <c r="F17" s="14"/>
       <c r="G17" s="5" t="s">
         <v>32</v>
       </c>
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="8"/>
       <c r="N17" s="6"/>
       <c r="O17" s="6"/>
       <c r="P17" s="6"/>
       <c r="Q17" s="6"/>
       <c r="R17" s="6"/>
       <c r="S17" s="6"/>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="5">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="B18" s="12" t="s">
         <v>50</v>
       </c>
       <c r="C18" s="13"/>
       <c r="D18" s="13"/>
       <c r="E18" s="13"/>
       <c r="F18" s="14"/>
       <c r="G18" s="5" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="H18" s="6"/>
       <c r="I18" s="6"/>
       <c r="J18" s="6"/>
       <c r="K18" s="6"/>
       <c r="L18" s="6"/>
       <c r="M18" s="8"/>
       <c r="N18" s="6"/>
       <c r="O18" s="6"/>
       <c r="P18" s="6"/>
       <c r="Q18" s="6"/>
       <c r="R18" s="6"/>
       <c r="S18" s="6"/>
     </row>
     <row r="19" spans="1:19">
       <c r="A19" s="5">
-        <v>90</v>
+        <v>97</v>
       </c>
       <c r="B19" s="12" t="s">
         <v>51</v>
       </c>
       <c r="C19" s="13"/>
       <c r="D19" s="13"/>
       <c r="E19" s="13"/>
       <c r="F19" s="14"/>
       <c r="G19" s="5" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
       <c r="H19" s="6"/>
       <c r="I19" s="6"/>
       <c r="J19" s="6"/>
       <c r="K19" s="6"/>
       <c r="L19" s="6"/>
       <c r="M19" s="8"/>
       <c r="N19" s="6"/>
       <c r="O19" s="6"/>
       <c r="P19" s="6"/>
       <c r="Q19" s="6"/>
       <c r="R19" s="6"/>
       <c r="S19" s="6"/>
     </row>
     <row r="20" spans="1:19">
       <c r="A20" s="5"/>
       <c r="B20" s="12"/>
       <c r="C20" s="13"/>
       <c r="D20" s="13"/>
       <c r="E20" s="13"/>
       <c r="F20" s="14"/>
       <c r="G20" s="5"/>
       <c r="H20" s="6"/>
       <c r="I20" s="6"/>
       <c r="J20" s="6"/>
@@ -2418,53 +2415,51 @@
       <c r="P55" s="20" t="s">
         <v>78</v>
       </c>
       <c r="Q55" s="20"/>
       <c r="R55" s="20"/>
       <c r="S55" s="20"/>
     </row>
     <row r="56" spans="1:19" customHeight="1" ht="12" s="9" customFormat="1">
       <c r="A56" s="21"/>
       <c r="B56" s="21"/>
       <c r="C56" s="21"/>
       <c r="D56" s="21"/>
       <c r="E56" s="21"/>
       <c r="F56" s="22"/>
       <c r="G56" s="23" t="s">
         <v>79</v>
       </c>
       <c r="H56" s="23"/>
       <c r="I56" s="23"/>
       <c r="J56" s="23"/>
       <c r="K56" s="23"/>
       <c r="L56" s="23"/>
       <c r="M56" s="23"/>
       <c r="N56" s="23"/>
       <c r="O56" s="23"/>
-      <c r="P56" s="23" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P56" s="23"/>
       <c r="Q56" s="23"/>
       <c r="R56" s="23"/>
       <c r="S56" s="23"/>
     </row>
     <row r="57" spans="1:19">
       <c r="A57" s="21"/>
       <c r="B57" s="21"/>
       <c r="C57" s="21"/>
       <c r="D57" s="21"/>
       <c r="E57" s="21"/>
       <c r="F57" s="22"/>
       <c r="G57" s="23"/>
       <c r="H57" s="23"/>
       <c r="I57" s="23"/>
       <c r="J57" s="23"/>
       <c r="K57" s="23"/>
       <c r="L57" s="23"/>
       <c r="M57" s="23"/>
       <c r="N57" s="23"/>
       <c r="O57" s="23"/>
       <c r="P57" s="23"/>
       <c r="Q57" s="23"/>
       <c r="R57" s="23"/>
       <c r="S57" s="23"/>
     </row>