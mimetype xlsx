--- v0 (2025-12-08)
+++ v1 (2026-02-17)
@@ -111,57 +111,57 @@
   <si>
     <t>1:53</t>
   </si>
   <si>
     <t>Миронов Игорь</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>4:25</t>
   </si>
   <si>
     <t>Лисовский Игорь</t>
   </si>
   <si>
     <t>9:50</t>
   </si>
   <si>
     <t>Туезов Владислав</t>
   </si>
   <si>
     <t>23:00</t>
   </si>
   <si>
+    <t>Ольмезов Александр</t>
+  </si>
+  <si>
+    <t>29:12</t>
+  </si>
+  <si>
     <t>Середа Андрей</t>
-  </si>
-[...4 lines deleted...]
-    <t>Ольмезов Александр</t>
   </si>
   <si>
     <t>+1</t>
   </si>
   <si>
     <t>44:45</t>
   </si>
   <si>
     <t>Полубоярцев Егор</t>
   </si>
   <si>
     <t>Скачков Александр</t>
   </si>
   <si>
     <t>Волошенко Артем</t>
   </si>
   <si>
     <t>Коршунов Ростислав</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Лопатин Евгений</t>
   </si>
@@ -1073,88 +1073,88 @@
       <c r="L8" s="6">
         <v>90</v>
       </c>
       <c r="M8" s="8">
         <v>0</v>
       </c>
       <c r="N8" s="6"/>
       <c r="O8" s="6"/>
       <c r="P8" s="6"/>
       <c r="Q8" s="6"/>
       <c r="R8" s="6"/>
       <c r="S8" s="6"/>
     </row>
     <row r="9" spans="1:19">
       <c r="A9" s="5">
         <v>22</v>
       </c>
       <c r="B9" s="12" t="s">
         <v>31</v>
       </c>
       <c r="C9" s="13"/>
       <c r="D9" s="13"/>
       <c r="E9" s="13"/>
       <c r="F9" s="14"/>
       <c r="G9" s="5" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="H9" s="6">
         <v>5</v>
       </c>
       <c r="I9" s="6"/>
       <c r="J9" s="6" t="s">
         <v>32</v>
       </c>
       <c r="K9" s="6">
         <v>2</v>
       </c>
       <c r="L9" s="6">
         <v>8</v>
       </c>
       <c r="M9" s="8">
         <v>92</v>
       </c>
       <c r="N9" s="6"/>
       <c r="O9" s="6"/>
       <c r="P9" s="6"/>
       <c r="Q9" s="6"/>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
         <v>22</v>
       </c>
       <c r="B10" s="12" t="s">
         <v>33</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
       <c r="G10" s="5" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="H10" s="6">
         <v>6</v>
       </c>
       <c r="I10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="J10" s="6" t="s">
         <v>35</v>
       </c>
       <c r="K10" s="6">
         <v>92</v>
       </c>
       <c r="L10" s="6">
         <v>8</v>
       </c>
       <c r="M10" s="8">
         <v>18</v>
       </c>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>