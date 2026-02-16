--- v0 (2025-12-08)
+++ v1 (2026-02-16)
@@ -174,60 +174,60 @@
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Хулиганы»</t>
   </si>
   <si>
     <t>Миронов Игорь</t>
   </si>
   <si>
     <t>00-58</t>
   </si>
   <si>
     <t>23-12</t>
   </si>
   <si>
     <t>Лисовский Игорь</t>
   </si>
   <si>
     <t>11-50</t>
   </si>
   <si>
+    <t>Середа Андрей</t>
+  </si>
+  <si>
+    <t>+1</t>
+  </si>
+  <si>
+    <t>20-29</t>
+  </si>
+  <si>
     <t>Ольмезов Александр</t>
-  </si>
-[...7 lines deleted...]
-    <t>Середа Андрей</t>
   </si>
   <si>
     <t>23-43</t>
   </si>
   <si>
     <t>Полубоярцев Егор</t>
   </si>
   <si>
     <t>26-54</t>
   </si>
   <si>
     <t>Скачков Александр</t>
   </si>
   <si>
     <t>28-28</t>
   </si>
   <si>
     <t>Волошенко Артем</t>
   </si>
   <si>
     <t>30-41</t>
   </si>
   <si>
     <t>Коршунов Ростислав</t>
   </si>
@@ -1721,90 +1721,90 @@
       <c r="L31" s="7">
         <v>17</v>
       </c>
       <c r="M31" s="7">
         <v>0</v>
       </c>
       <c r="N31" s="7"/>
       <c r="O31" s="7"/>
       <c r="P31" s="7"/>
       <c r="Q31" s="7"/>
       <c r="R31" s="7"/>
       <c r="S31" s="7"/>
     </row>
     <row r="32" spans="1:19">
       <c r="A32" s="7">
         <v>22</v>
       </c>
       <c r="B32" s="12" t="s">
         <v>52</v>
       </c>
       <c r="C32" s="13"/>
       <c r="D32" s="13"/>
       <c r="E32" s="13"/>
       <c r="F32" s="14"/>
       <c r="G32" s="7" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="H32" s="7">
         <v>3</v>
       </c>
       <c r="I32" s="7" t="s">
         <v>53</v>
       </c>
       <c r="J32" s="7" t="s">
         <v>54</v>
       </c>
       <c r="K32" s="7">
         <v>82</v>
       </c>
       <c r="L32" s="7">
         <v>33</v>
       </c>
       <c r="M32" s="7">
         <v>0</v>
       </c>
       <c r="N32" s="7"/>
       <c r="O32" s="7"/>
       <c r="P32" s="7"/>
       <c r="Q32" s="7"/>
       <c r="R32" s="7"/>
       <c r="S32" s="7"/>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" s="7">
         <v>22</v>
       </c>
       <c r="B33" s="12" t="s">
         <v>55</v>
       </c>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>
       <c r="G33" s="7" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="H33" s="7">
         <v>4</v>
       </c>
       <c r="I33" s="7">
         <v>-1</v>
       </c>
       <c r="J33" s="7" t="s">
         <v>56</v>
       </c>
       <c r="K33" s="7">
         <v>8</v>
       </c>
       <c r="L33" s="7">
         <v>100</v>
       </c>
       <c r="M33" s="7">
         <v>0</v>
       </c>
       <c r="N33" s="7"/>
       <c r="O33" s="7"/>
       <c r="P33" s="7"/>
       <c r="Q33" s="7"/>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>