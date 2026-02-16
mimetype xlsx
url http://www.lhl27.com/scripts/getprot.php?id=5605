--- v0 (2025-12-08)
+++ v1 (2026-02-16)
@@ -16,51 +16,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Лист1" sheetId="1" r:id="rId4"/>
     <sheet name="Лист2" sheetId="2" r:id="rId5"/>
     <sheet name="Лист3" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="68">
   <si>
     <t>ОФИЦИАЛЬНЫЙ  ПРОТОКОЛ  МАТЧА «Викинг» Vs «Синергия»</t>
   </si>
   <si>
     <t>2023-2024 Вторая лига</t>
   </si>
   <si>
     <t>КЦХ</t>
   </si>
   <si>
     <t>Дата 11.03.2024</t>
   </si>
   <si>
     <t>Начало 21.30</t>
   </si>
   <si>
     <t xml:space="preserve">Игра 196/2 </t>
   </si>
   <si>
     <t>Команда « А » «Викинг»</t>
   </si>
   <si>
     <t>Взятие ворот</t>
   </si>
   <si>
@@ -165,108 +165,105 @@
   <si>
     <t>Ведров Сергей</t>
   </si>
   <si>
     <t>27:25</t>
   </si>
   <si>
     <t>29:49</t>
   </si>
   <si>
     <t>Сырко Александр</t>
   </si>
   <si>
     <t>32:22</t>
   </si>
   <si>
     <t>36:15</t>
   </si>
   <si>
     <t>Попов Александр</t>
   </si>
   <si>
     <t>38:38</t>
   </si>
   <si>
+    <t>Андриевский Андрей</t>
+  </si>
+  <si>
+    <t>Дмитриев Сергей</t>
+  </si>
+  <si>
     <t>Коршунов Артём</t>
   </si>
   <si>
-    <t>Андриевский Андрей</t>
-[...4 lines deleted...]
-  <si>
     <t>Пыхалов Михаил</t>
   </si>
   <si>
     <t>Лущиков Дмитрий</t>
   </si>
   <si>
     <t>Шаров Андрей</t>
   </si>
   <si>
     <t>Богданов Богдан</t>
   </si>
   <si>
     <t>Казачок Сергей</t>
   </si>
   <si>
     <t>Московцев Сергей</t>
   </si>
   <si>
     <t>Осипов Матвей</t>
   </si>
   <si>
     <t>Левин Константин</t>
   </si>
   <si>
     <t>Смолягин Кирилл</t>
   </si>
   <si>
     <t>Глухов Денис</t>
   </si>
   <si>
     <t>Бердников Виктор</t>
   </si>
   <si>
     <t>Тлустенко Илья</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
   <si>
     <t>Новгородцев Илья</t>
-  </si>
-[...1 lines deleted...]
-    <t>Писарев Артем</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="7">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Times New Roman"/>
@@ -1695,105 +1692,105 @@
       <c r="H32" s="7">
         <v>3</v>
       </c>
       <c r="I32" s="7"/>
       <c r="J32" s="7" t="s">
         <v>48</v>
       </c>
       <c r="K32" s="7">
         <v>47</v>
       </c>
       <c r="L32" s="7">
         <v>0</v>
       </c>
       <c r="M32" s="7">
         <v>0</v>
       </c>
       <c r="N32" s="7"/>
       <c r="O32" s="7"/>
       <c r="P32" s="7"/>
       <c r="Q32" s="7"/>
       <c r="R32" s="7"/>
       <c r="S32" s="7"/>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" s="7">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B33" s="12" t="s">
         <v>49</v>
       </c>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>
       <c r="G33" s="7" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="H33" s="7"/>
       <c r="I33" s="7"/>
       <c r="J33" s="7"/>
       <c r="K33" s="7"/>
       <c r="L33" s="7"/>
       <c r="M33" s="7"/>
       <c r="N33" s="7"/>
       <c r="O33" s="7"/>
       <c r="P33" s="7"/>
       <c r="Q33" s="7"/>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>50</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="H34" s="7"/>
       <c r="I34" s="7"/>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="7"/>
       <c r="M34" s="7"/>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>51</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
       <c r="G35" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
@@ -2294,53 +2291,51 @@
       <c r="P55" s="20" t="s">
         <v>66</v>
       </c>
       <c r="Q55" s="20"/>
       <c r="R55" s="20"/>
       <c r="S55" s="20"/>
     </row>
     <row r="56" spans="1:19" customHeight="1" ht="12" s="9" customFormat="1">
       <c r="A56" s="21"/>
       <c r="B56" s="21"/>
       <c r="C56" s="21"/>
       <c r="D56" s="21"/>
       <c r="E56" s="21"/>
       <c r="F56" s="22"/>
       <c r="G56" s="23" t="s">
         <v>67</v>
       </c>
       <c r="H56" s="23"/>
       <c r="I56" s="23"/>
       <c r="J56" s="23"/>
       <c r="K56" s="23"/>
       <c r="L56" s="23"/>
       <c r="M56" s="23"/>
       <c r="N56" s="23"/>
       <c r="O56" s="23"/>
-      <c r="P56" s="23" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P56" s="23"/>
       <c r="Q56" s="23"/>
       <c r="R56" s="23"/>
       <c r="S56" s="23"/>
     </row>
     <row r="57" spans="1:19">
       <c r="A57" s="21"/>
       <c r="B57" s="21"/>
       <c r="C57" s="21"/>
       <c r="D57" s="21"/>
       <c r="E57" s="21"/>
       <c r="F57" s="22"/>
       <c r="G57" s="23"/>
       <c r="H57" s="23"/>
       <c r="I57" s="23"/>
       <c r="J57" s="23"/>
       <c r="K57" s="23"/>
       <c r="L57" s="23"/>
       <c r="M57" s="23"/>
       <c r="N57" s="23"/>
       <c r="O57" s="23"/>
       <c r="P57" s="23"/>
       <c r="Q57" s="23"/>
       <c r="R57" s="23"/>
       <c r="S57" s="23"/>
     </row>