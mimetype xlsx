--- v0 (2026-02-17)
+++ v1 (2026-02-18)
@@ -135,57 +135,57 @@
   <si>
     <t>43:23</t>
   </si>
   <si>
     <t>Садовников Сергей</t>
   </si>
   <si>
     <t>Деулин Евгений</t>
   </si>
   <si>
     <t>Небрат Денис</t>
   </si>
   <si>
     <t>Потихо Дмитрий</t>
   </si>
   <si>
     <t>Тен Владимир</t>
   </si>
   <si>
     <t>Сердюков Никита</t>
   </si>
   <si>
     <t>Пышненко Артем</t>
   </si>
   <si>
+    <t>Смазнов Руслан</t>
+  </si>
+  <si>
     <t>Смирнов Алексей</t>
   </si>
   <si>
     <t>Вр</t>
-  </si>
-[...1 lines deleted...]
-    <t>Смазнов Руслан</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Бастион»</t>
   </si>
   <si>
     <t>Лалетин Артем</t>
   </si>
   <si>
     <t>39:20</t>
   </si>
   <si>
     <t>27:23</t>
   </si>
   <si>
     <t>Лукашев Тарас</t>
   </si>
   <si>
     <t>Агапов Виктор</t>
   </si>
@@ -1240,78 +1240,78 @@
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
         <v>98</v>
       </c>
       <c r="B15" s="12" t="s">
         <v>39</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
       <c r="G15" s="5" t="s">
-        <v>40</v>
+        <v>29</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" s="5">
         <v>98</v>
       </c>
       <c r="B16" s="12" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>
       <c r="G16" s="5" t="s">
-        <v>29</v>
+        <v>41</v>
       </c>
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="8"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
       <c r="Q16" s="6"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="5"/>
       <c r="B17" s="12"/>
       <c r="C17" s="13"/>
       <c r="D17" s="13"/>
       <c r="E17" s="13"/>
       <c r="F17" s="14"/>
       <c r="G17" s="5"/>
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
@@ -1607,51 +1607,51 @@
       <c r="P29" s="7" t="s">
         <v>17</v>
       </c>
       <c r="Q29" s="7" t="s">
         <v>18</v>
       </c>
       <c r="R29" s="7" t="s">
         <v>19</v>
       </c>
       <c r="S29" s="7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="30" spans="1:19">
       <c r="A30" s="7">
         <v>1</v>
       </c>
       <c r="B30" s="12" t="s">
         <v>45</v>
       </c>
       <c r="C30" s="13"/>
       <c r="D30" s="13"/>
       <c r="E30" s="13"/>
       <c r="F30" s="14"/>
       <c r="G30" s="7" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="H30" s="7">
         <v>1</v>
       </c>
       <c r="I30" s="7"/>
       <c r="J30" s="7" t="s">
         <v>46</v>
       </c>
       <c r="K30" s="7">
         <v>8</v>
       </c>
       <c r="L30" s="7">
         <v>25</v>
       </c>
       <c r="M30" s="7">
         <v>0</v>
       </c>
       <c r="N30" s="7" t="s">
         <v>47</v>
       </c>
       <c r="O30" s="7">
         <v>9</v>
       </c>
       <c r="P30" s="7">
         <v>2</v>
@@ -1873,51 +1873,51 @@
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>20</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>58</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
       <c r="G38" s="7" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
         <v>25</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>59</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>