--- v0 (2025-12-07)
+++ v1 (2026-02-15)
@@ -123,66 +123,66 @@
   <si>
     <t>22-47</t>
   </si>
   <si>
     <t>14-57</t>
   </si>
   <si>
     <t>Годун Антон</t>
   </si>
   <si>
     <t>28-43</t>
   </si>
   <si>
     <t>42-31</t>
   </si>
   <si>
     <t>Заикин Илья</t>
   </si>
   <si>
     <t>+1</t>
   </si>
   <si>
     <t>35-04</t>
   </si>
   <si>
+    <t>Трофимович Дмитрий</t>
+  </si>
+  <si>
+    <t>Зщ</t>
+  </si>
+  <si>
+    <t>39-33</t>
+  </si>
+  <si>
+    <t>Сурадеев Данила</t>
+  </si>
+  <si>
+    <t>44-51</t>
+  </si>
+  <si>
     <t>Пешков Алексей</t>
-  </si>
-[...13 lines deleted...]
-    <t>Сурадеев Данила</t>
   </si>
   <si>
     <t>Гущин Сергей</t>
   </si>
   <si>
     <t>Ромашков Ярослав</t>
   </si>
   <si>
     <t>Ершов Илья</t>
   </si>
   <si>
     <t>Гущин Артем</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Шкипер Брук»</t>
   </si>
   <si>
     <t>Сариев Илья</t>
   </si>
@@ -947,51 +947,51 @@
       <c r="E5" s="13"/>
       <c r="F5" s="14"/>
       <c r="G5" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H5" s="6">
         <v>1</v>
       </c>
       <c r="I5" s="5"/>
       <c r="J5" s="5" t="s">
         <v>23</v>
       </c>
       <c r="K5" s="5">
         <v>9</v>
       </c>
       <c r="L5" s="5">
         <v>0</v>
       </c>
       <c r="M5" s="8">
         <v>0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>24</v>
       </c>
       <c r="O5" s="6">
-        <v>12</v>
+        <v>77</v>
       </c>
       <c r="P5" s="6">
         <v>2</v>
       </c>
       <c r="Q5" s="6">
         <v>5</v>
       </c>
       <c r="R5" s="6"/>
       <c r="S5" s="6"/>
     </row>
     <row r="6" spans="1:19">
       <c r="A6" s="5">
         <v>7</v>
       </c>
       <c r="B6" s="12" t="s">
         <v>25</v>
       </c>
       <c r="C6" s="13"/>
       <c r="D6" s="13"/>
       <c r="E6" s="13"/>
       <c r="F6" s="14"/>
       <c r="G6" s="5" t="s">
         <v>26</v>
       </c>
       <c r="H6" s="6">
@@ -1089,135 +1089,135 @@
       </c>
       <c r="I8" s="6" t="s">
         <v>33</v>
       </c>
       <c r="J8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="K8" s="6">
         <v>16</v>
       </c>
       <c r="L8" s="6">
         <v>89</v>
       </c>
       <c r="M8" s="8">
         <v>0</v>
       </c>
       <c r="N8" s="6"/>
       <c r="O8" s="6"/>
       <c r="P8" s="6"/>
       <c r="Q8" s="6"/>
       <c r="R8" s="6"/>
       <c r="S8" s="6"/>
     </row>
     <row r="9" spans="1:19">
       <c r="A9" s="5">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="B9" s="12" t="s">
         <v>35</v>
       </c>
       <c r="C9" s="13"/>
       <c r="D9" s="13"/>
       <c r="E9" s="13"/>
       <c r="F9" s="14"/>
       <c r="G9" s="5" t="s">
         <v>36</v>
       </c>
       <c r="H9" s="6">
         <v>5</v>
       </c>
       <c r="I9" s="6"/>
       <c r="J9" s="6" t="s">
         <v>37</v>
       </c>
       <c r="K9" s="6">
         <v>96</v>
       </c>
       <c r="L9" s="6">
         <v>12</v>
       </c>
       <c r="M9" s="8">
         <v>7</v>
       </c>
       <c r="N9" s="6"/>
       <c r="O9" s="6"/>
       <c r="P9" s="6"/>
       <c r="Q9" s="6"/>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="B10" s="12" t="s">
         <v>38</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
       <c r="G10" s="5" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="H10" s="6">
         <v>6</v>
       </c>
       <c r="I10" s="6"/>
       <c r="J10" s="6" t="s">
         <v>39</v>
       </c>
       <c r="K10" s="6">
         <v>80</v>
       </c>
       <c r="L10" s="6">
         <v>7</v>
       </c>
       <c r="M10" s="8">
         <v>0</v>
       </c>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
-        <v>22</v>
+        <v>77</v>
       </c>
       <c r="B11" s="12" t="s">
         <v>40</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
       <c r="G11" s="5" t="s">
-        <v>26</v>
+        <v>36</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
         <v>80</v>
       </c>
       <c r="B12" s="12" t="s">
         <v>41</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>