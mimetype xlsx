--- v0 (2025-12-06)
+++ v1 (2025-12-15)
@@ -96,57 +96,57 @@
   <si>
     <t>Пр</t>
   </si>
   <si>
     <t>Нач</t>
   </si>
   <si>
     <t>Окон</t>
   </si>
   <si>
     <t>Евграфов Александр</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>ПБ</t>
   </si>
   <si>
     <t>50-00</t>
   </si>
   <si>
     <t>48-55</t>
   </si>
   <si>
+    <t>Шеханин Максим</t>
+  </si>
+  <si>
+    <t>Зщ</t>
+  </si>
+  <si>
     <t>Братухин Антон</t>
-  </si>
-[...4 lines deleted...]
-    <t>Шеханин Максим</t>
   </si>
   <si>
     <t>Михеев Иван</t>
   </si>
   <si>
     <t>Повисок Данила</t>
   </si>
   <si>
     <t>Ищенко Богдан</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>Литвинцев Глеб</t>
   </si>
   <si>
     <t>Бабушкин Евгений</t>
   </si>
   <si>
     <t>Довгань Павел</t>
   </si>
   <si>
     <t>Мисько Андрей</t>
   </si>