--- v0 (2025-12-06)
+++ v1 (2026-02-16)
@@ -147,54 +147,54 @@
   <si>
     <t>Литвинцев Глеб</t>
   </si>
   <si>
     <t>40-07</t>
   </si>
   <si>
     <t>Мисько Андрей</t>
   </si>
   <si>
     <t>42-00</t>
   </si>
   <si>
     <t>Унанян Герман</t>
   </si>
   <si>
     <t>Матвеев Владислав</t>
   </si>
   <si>
     <t>Калашников Михаил</t>
   </si>
   <si>
     <t>Симаков Михаил</t>
   </si>
   <si>
+    <t>Бражников Роман</t>
+  </si>
+  <si>
     <t>Демченко Александр</t>
-  </si>
-[...1 lines deleted...]
-    <t>Бражников Роман</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «ДВГУПС»</t>
   </si>
   <si>
     <t>Насонов Владислав</t>
   </si>
   <si>
     <t>22-58</t>
   </si>
   <si>
     <t>11-57</t>
   </si>
   <si>
     <t>Вардикян Леонид</t>
   </si>
   <si>
     <t>31-58</t>
   </si>