--- v0 (2025-12-08)
+++ v1 (2026-02-16)
@@ -183,54 +183,54 @@
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>02-09</t>
   </si>
   <si>
     <t>34-18</t>
   </si>
   <si>
     <t>Пронкевич Владимир</t>
   </si>
   <si>
     <t>14-53</t>
   </si>
   <si>
     <t>Тодоровский Артем</t>
   </si>
   <si>
     <t>44-42</t>
   </si>
   <si>
     <t>Чигиринских Роман</t>
   </si>
   <si>
+    <t>Кривошеев Евгений</t>
+  </si>
+  <si>
     <t>Бармотин Владимир</t>
-  </si>
-[...1 lines deleted...]
-    <t>Кривошеев Евгений</t>
   </si>
   <si>
     <t>Болибрух Иван</t>
   </si>
   <si>
     <t>Пташник Богдан</t>
   </si>
   <si>
     <t>Ким Александр</t>
   </si>
   <si>
     <t>Солтус Андрей</t>
   </si>
   <si>
     <t>Денисов Евгений</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>