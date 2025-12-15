--- v0 (2025-12-07)
+++ v1 (2025-12-15)
@@ -156,57 +156,57 @@
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Сорокин Алексей</t>
   </si>
   <si>
     <t>Кучикин Денис</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «ДВГАФК»</t>
   </si>
   <si>
     <t>Евграфов Александр</t>
   </si>
   <si>
     <t>11:43</t>
   </si>
   <si>
+    <t>Михеев Иван</t>
+  </si>
+  <si>
+    <t>17:30</t>
+  </si>
+  <si>
     <t>Севрюгин Егор</t>
-  </si>
-[...4 lines deleted...]
-    <t>Михеев Иван</t>
   </si>
   <si>
     <t>Стерликов Игорь</t>
   </si>
   <si>
     <t>Повисок Данила</t>
   </si>
   <si>
     <t>Ищенко Богдан</t>
   </si>
   <si>
     <t>Литвинцев Глеб</t>
   </si>
   <si>
     <t>Бабушкин Евгений</t>
   </si>
   <si>
     <t>Мисько Андрей</t>
   </si>
   <si>
     <t>Унанян Герман</t>
   </si>
   <si>
     <t>Матвеев Владислав</t>
   </si>