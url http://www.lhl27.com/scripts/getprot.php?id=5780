--- v0 (2025-12-09)
+++ v1 (2026-02-16)
@@ -93,54 +93,54 @@
   <si>
     <t xml:space="preserve">Шт </t>
   </si>
   <si>
     <t>Пр</t>
   </si>
   <si>
     <t>Нач</t>
   </si>
   <si>
     <t>Окон</t>
   </si>
   <si>
     <t>Евграфов Александр</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Шеханин Максим</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
+    <t>Севрюгин Егор</t>
+  </si>
+  <si>
     <t>Михеев Иван</t>
-  </si>
-[...1 lines deleted...]
-    <t>Севрюгин Егор</t>
   </si>
   <si>
     <t>Стерликов Игорь</t>
   </si>
   <si>
     <t>Повисок Данила</t>
   </si>
   <si>
     <t>Ищенко Богдан</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>Литвинцев Глеб</t>
   </si>
   <si>
     <t>Бабушкин Евгений</t>
   </si>
   <si>
     <t>Довгань Павел</t>
   </si>
   <si>
     <t>Мисько Андрей</t>
   </si>