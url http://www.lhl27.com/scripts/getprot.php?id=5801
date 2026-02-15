--- v0 (2025-12-15)
+++ v1 (2026-02-15)
@@ -141,57 +141,57 @@
   <si>
     <t>Пеганов Денис</t>
   </si>
   <si>
     <t>Пырков Дмитрий</t>
   </si>
   <si>
     <t>Небрат Денис</t>
   </si>
   <si>
     <t>Юн Михаил</t>
   </si>
   <si>
     <t>Расщупкин Александр</t>
   </si>
   <si>
     <t>Аникин Владислав</t>
   </si>
   <si>
     <t>Безнощенко Владимир</t>
   </si>
   <si>
     <t>Пышненко Артем</t>
   </si>
   <si>
+    <t>Смирнов Алексей</t>
+  </si>
+  <si>
+    <t>Вр</t>
+  </si>
+  <si>
     <t>Смазнов Руслан</t>
-  </si>
-[...4 lines deleted...]
-    <t>Вр</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Ермак»</t>
   </si>
   <si>
     <t>Иконников Филипп</t>
   </si>
   <si>
     <t>17:10</t>
   </si>
   <si>
     <t>Севостьянов Александр</t>
   </si>
   <si>
     <t>Б</t>
   </si>
   <si>
     <t>38:40</t>
   </si>
@@ -1283,78 +1283,78 @@
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="8"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
       <c r="Q16" s="6"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="5">
         <v>98</v>
       </c>
       <c r="B17" s="12" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="13"/>
       <c r="D17" s="13"/>
       <c r="E17" s="13"/>
       <c r="F17" s="14"/>
       <c r="G17" s="5" t="s">
-        <v>30</v>
+        <v>42</v>
       </c>
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="8"/>
       <c r="N17" s="6"/>
       <c r="O17" s="6"/>
       <c r="P17" s="6"/>
       <c r="Q17" s="6"/>
       <c r="R17" s="6"/>
       <c r="S17" s="6"/>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="5">
         <v>98</v>
       </c>
       <c r="B18" s="12" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C18" s="13"/>
       <c r="D18" s="13"/>
       <c r="E18" s="13"/>
       <c r="F18" s="14"/>
       <c r="G18" s="5" t="s">
-        <v>43</v>
+        <v>30</v>
       </c>
       <c r="H18" s="6"/>
       <c r="I18" s="6"/>
       <c r="J18" s="6"/>
       <c r="K18" s="6"/>
       <c r="L18" s="6"/>
       <c r="M18" s="8"/>
       <c r="N18" s="6"/>
       <c r="O18" s="6"/>
       <c r="P18" s="6"/>
       <c r="Q18" s="6"/>
       <c r="R18" s="6"/>
       <c r="S18" s="6"/>
     </row>
     <row r="19" spans="1:19">
       <c r="A19" s="5"/>
       <c r="B19" s="12"/>
       <c r="C19" s="13"/>
       <c r="D19" s="13"/>
       <c r="E19" s="13"/>
       <c r="F19" s="14"/>
       <c r="G19" s="5"/>
       <c r="H19" s="6"/>
       <c r="I19" s="6"/>
       <c r="J19" s="6"/>
@@ -1772,51 +1772,51 @@
       <c r="H33" s="7"/>
       <c r="I33" s="7"/>
       <c r="J33" s="7"/>
       <c r="K33" s="7"/>
       <c r="L33" s="7"/>
       <c r="M33" s="7"/>
       <c r="N33" s="7"/>
       <c r="O33" s="7"/>
       <c r="P33" s="7"/>
       <c r="Q33" s="7"/>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
         <v>52</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>56</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="H34" s="7"/>
       <c r="I34" s="7"/>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="7"/>
       <c r="M34" s="7"/>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
         <v>71</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>57</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>