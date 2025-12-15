--- v0 (2025-12-10)
+++ v1 (2025-12-15)
@@ -141,60 +141,60 @@
   <si>
     <t>32:28</t>
   </si>
   <si>
     <t>Туманков Андрей</t>
   </si>
   <si>
     <t>39:21</t>
   </si>
   <si>
     <t>Ющенко Дмитрий</t>
   </si>
   <si>
     <t>40:31</t>
   </si>
   <si>
     <t>Кочетков Алексей</t>
   </si>
   <si>
     <t>43:51</t>
   </si>
   <si>
     <t>Бояркин Владимир</t>
   </si>
   <si>
+    <t>Вр</t>
+  </si>
+  <si>
     <t>Бояркин Алексей</t>
   </si>
   <si>
     <t>Замкин Антон</t>
   </si>
   <si>
     <t>Реутов Андрей</t>
-  </si>
-[...1 lines deleted...]
-    <t>Вр</t>
   </si>
   <si>
     <t>Дорощенко Дмитрий</t>
   </si>
   <si>
     <t>Шелыганов Кирилл</t>
   </si>
   <si>
     <t>Несветов Сергей</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Синергия»</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>01:33</t>
   </si>
@@ -1253,132 +1253,132 @@
       <c r="L12" s="6">
         <v>17</v>
       </c>
       <c r="M12" s="8">
         <v>0</v>
       </c>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>30</v>
       </c>
       <c r="B13" s="12" t="s">
         <v>40</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>38</v>
       </c>
       <c r="B14" s="12" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
       <c r="G14" s="5" t="s">
         <v>28</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
         <v>39</v>
       </c>
       <c r="B15" s="12" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
       <c r="G15" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" s="5">
         <v>73</v>
       </c>
       <c r="B16" s="12" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>
       <c r="G16" s="5" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="8"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
       <c r="Q16" s="6"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="5">
         <v>88</v>
       </c>
       <c r="B17" s="12" t="s">
         <v>45</v>
       </c>
       <c r="C17" s="13"/>
       <c r="D17" s="13"/>
       <c r="E17" s="13"/>
       <c r="F17" s="14"/>
@@ -1967,51 +1967,51 @@
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
         <v>38</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>64</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>
       <c r="G39" s="7" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7">
         <v>47</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>65</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>