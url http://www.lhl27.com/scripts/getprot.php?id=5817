--- v1 (2025-12-15)
+++ v2 (2026-02-17)
@@ -16,51 +16,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Лист1" sheetId="1" r:id="rId4"/>
     <sheet name="Лист2" sheetId="2" r:id="rId5"/>
     <sheet name="Лист3" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="79">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="78">
   <si>
     <t>ОФИЦИАЛЬНЫЙ  ПРОТОКОЛ  МАТЧА «Импульс» Vs «Синергия»</t>
   </si>
   <si>
     <t>2024-2025 ЛИГА МЕЧТЫ</t>
   </si>
   <si>
     <t>КЦХ</t>
   </si>
   <si>
     <t>Дата 03.10.2024</t>
   </si>
   <si>
     <t>Начало 21.30</t>
   </si>
   <si>
     <t xml:space="preserve">Игра 9/3 </t>
   </si>
   <si>
     <t>Команда « А » «Импульс»</t>
   </si>
   <si>
     <t>Взятие ворот</t>
   </si>
   <si>
@@ -195,105 +195,102 @@
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>01:33</t>
   </si>
   <si>
     <t>13:44</t>
   </si>
   <si>
     <t>Небесных Василий</t>
   </si>
   <si>
     <t>35:24</t>
   </si>
   <si>
     <t>27:49</t>
   </si>
   <si>
     <t>Попов Александр</t>
   </si>
   <si>
     <t>Бондаренко Владимир</t>
   </si>
   <si>
+    <t>Андриевский Андрей</t>
+  </si>
+  <si>
+    <t>Дмитриев Сергей</t>
+  </si>
+  <si>
     <t>Коршунов Артём</t>
   </si>
   <si>
-    <t>Андриевский Андрей</t>
-[...4 lines deleted...]
-  <si>
     <t>Рекунов Николай</t>
   </si>
   <si>
     <t>Шаров Андрей</t>
   </si>
   <si>
     <t>Богач Владислав</t>
   </si>
   <si>
     <t>Казачок Сергей</t>
   </si>
   <si>
     <t>Московцев Сергей</t>
   </si>
   <si>
     <t>Трегубенко Максим</t>
   </si>
   <si>
     <t>Осипов Матвей</t>
   </si>
   <si>
     <t>Левин Константин</t>
   </si>
   <si>
     <t>Марковкин Игорь</t>
   </si>
   <si>
     <t>Киркалов Михаил</t>
   </si>
   <si>
     <t>Тлустенко Илья</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
   <si>
     <t>Новгородцев Илья</t>
-  </si>
-[...1 lines deleted...]
-    <t>Писарев Артем</t>
   </si>
   <si>
     <t>Попов Михаил</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="7">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1822,105 +1819,105 @@
       <c r="B33" s="12" t="s">
         <v>58</v>
       </c>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>
       <c r="G33" s="7" t="s">
         <v>28</v>
       </c>
       <c r="H33" s="7"/>
       <c r="I33" s="7"/>
       <c r="J33" s="7"/>
       <c r="K33" s="7"/>
       <c r="L33" s="7"/>
       <c r="M33" s="7"/>
       <c r="N33" s="7"/>
       <c r="O33" s="7"/>
       <c r="P33" s="7"/>
       <c r="Q33" s="7"/>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>59</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="H34" s="7"/>
       <c r="I34" s="7"/>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="7"/>
       <c r="M34" s="7"/>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>60</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
       <c r="G35" s="7" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>61</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
       <c r="G36" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
@@ -2394,66 +2391,64 @@
       <c r="P55" s="20" t="s">
         <v>75</v>
       </c>
       <c r="Q55" s="20"/>
       <c r="R55" s="20"/>
       <c r="S55" s="20"/>
     </row>
     <row r="56" spans="1:19" customHeight="1" ht="12" s="9" customFormat="1">
       <c r="A56" s="21"/>
       <c r="B56" s="21"/>
       <c r="C56" s="21"/>
       <c r="D56" s="21"/>
       <c r="E56" s="21"/>
       <c r="F56" s="22"/>
       <c r="G56" s="23" t="s">
         <v>76</v>
       </c>
       <c r="H56" s="23"/>
       <c r="I56" s="23"/>
       <c r="J56" s="23"/>
       <c r="K56" s="23"/>
       <c r="L56" s="23"/>
       <c r="M56" s="23"/>
       <c r="N56" s="23"/>
       <c r="O56" s="23"/>
-      <c r="P56" s="23" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P56" s="23"/>
       <c r="Q56" s="23"/>
       <c r="R56" s="23"/>
       <c r="S56" s="23"/>
     </row>
     <row r="57" spans="1:19">
       <c r="A57" s="21"/>
       <c r="B57" s="21"/>
       <c r="C57" s="21"/>
       <c r="D57" s="21"/>
       <c r="E57" s="21"/>
       <c r="F57" s="22"/>
       <c r="G57" s="23" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H57" s="23"/>
       <c r="I57" s="23"/>
       <c r="J57" s="23"/>
       <c r="K57" s="23"/>
       <c r="L57" s="23"/>
       <c r="M57" s="23"/>
       <c r="N57" s="23"/>
       <c r="O57" s="23"/>
       <c r="P57" s="23"/>
       <c r="Q57" s="23"/>
       <c r="R57" s="23"/>
       <c r="S57" s="23"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="P55:S55"/>
     <mergeCell ref="G56:O56"/>
     <mergeCell ref="P56:S56"/>
     <mergeCell ref="G57:O57"/>
     <mergeCell ref="P57:S57"/>
     <mergeCell ref="L52:S52"/>
     <mergeCell ref="A27:K27"/>
     <mergeCell ref="L27:S27"/>