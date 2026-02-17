--- v0 (2025-12-07)
+++ v1 (2026-02-17)
@@ -102,65 +102,65 @@
   <si>
     <t>Окон</t>
   </si>
   <si>
     <t>Горошко Андрей</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>01:52</t>
   </si>
   <si>
     <t>03:52</t>
   </si>
   <si>
     <t>Туманков Андрей</t>
   </si>
   <si>
     <t>20:14</t>
   </si>
   <si>
     <t>22:14</t>
   </si>
   <si>
+    <t>Петель Андрей</t>
+  </si>
+  <si>
+    <t>Зщ</t>
+  </si>
+  <si>
+    <t>35:51</t>
+  </si>
+  <si>
+    <t>45:00</t>
+  </si>
+  <si>
     <t>Петель Евгений</t>
   </si>
   <si>
-    <t>35:51</t>
-[...10 lines deleted...]
-  <si>
     <t>39:45</t>
   </si>
   <si>
     <t>41:45</t>
   </si>
   <si>
     <t>Ольмезов Александр</t>
   </si>
   <si>
     <t>Полубоярцев Егор</t>
   </si>
   <si>
     <t>Смородин Михаил</t>
   </si>
   <si>
     <t>Чернецкий Алексей</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Скачков Александр</t>
   </si>
   <si>
     <t>Михальский Никита</t>
@@ -186,57 +186,57 @@
   <si>
     <t>Баронаев Игорь</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Рубеж»</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>38:10</t>
   </si>
   <si>
     <t>Кильдюшкин Александр</t>
   </si>
   <si>
     <t>40:00</t>
   </si>
   <si>
+    <t>Бережной Виктор</t>
+  </si>
+  <si>
+    <t>44:37</t>
+  </si>
+  <si>
     <t>Мирзоев Шерали</t>
-  </si>
-[...4 lines deleted...]
-    <t>Бережной Виктор</t>
   </si>
   <si>
     <t>Радина Раиса</t>
   </si>
   <si>
     <t>Шумков Илья</t>
   </si>
   <si>
     <t>Колесников Иван</t>
   </si>
   <si>
     <t>Домбровский Владислав</t>
   </si>
   <si>
     <t>Садовников Сергей</t>
   </si>
   <si>
     <t>Мешков Дмитрий</t>
   </si>
   <si>
     <t>Бабич Сергей</t>
   </si>
   <si>
     <t>Трунова Наталья</t>
   </si>
@@ -1021,90 +1021,90 @@
       <c r="P6" s="6">
         <v>2</v>
       </c>
       <c r="Q6" s="6">
         <v>8</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>26</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="7" spans="1:19">
       <c r="A7" s="5">
         <v>21</v>
       </c>
       <c r="B7" s="12" t="s">
         <v>28</v>
       </c>
       <c r="C7" s="13"/>
       <c r="D7" s="13"/>
       <c r="E7" s="13"/>
       <c r="F7" s="14"/>
       <c r="G7" s="5" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="6"/>
       <c r="J7" s="6"/>
       <c r="K7" s="6"/>
       <c r="L7" s="6"/>
       <c r="M7" s="8"/>
       <c r="N7" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="O7" s="6">
         <v>82</v>
       </c>
       <c r="P7" s="6">
         <v>12</v>
       </c>
       <c r="Q7" s="6">
         <v>10</v>
       </c>
       <c r="R7" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="S7" s="6" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="8" spans="1:19">
       <c r="A8" s="5">
         <v>21</v>
       </c>
       <c r="B8" s="12" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C8" s="13"/>
       <c r="D8" s="13"/>
       <c r="E8" s="13"/>
       <c r="F8" s="14"/>
       <c r="G8" s="5" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="6"/>
       <c r="J8" s="6"/>
       <c r="K8" s="6"/>
       <c r="L8" s="6"/>
       <c r="M8" s="8"/>
       <c r="N8" s="6" t="s">
         <v>33</v>
       </c>
       <c r="O8" s="6">
         <v>33</v>
       </c>
       <c r="P8" s="6">
         <v>2</v>
       </c>
       <c r="Q8" s="6">
         <v>19</v>
       </c>
       <c r="R8" s="6" t="s">
         <v>33</v>
       </c>
       <c r="S8" s="6" t="s">
         <v>34</v>
       </c>
@@ -1207,51 +1207,51 @@
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>33</v>
       </c>
       <c r="B13" s="12" t="s">
         <v>40</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>37</v>
       </c>
       <c r="B14" s="12" t="s">
         <v>41</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
@@ -1261,105 +1261,105 @@
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
         <v>49</v>
       </c>
       <c r="B15" s="12" t="s">
         <v>42</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
       <c r="G15" s="5" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" s="5">
         <v>55</v>
       </c>
       <c r="B16" s="12" t="s">
         <v>43</v>
       </c>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>
       <c r="G16" s="5" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="8"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
       <c r="Q16" s="6"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="5">
         <v>71</v>
       </c>
       <c r="B17" s="12" t="s">
         <v>44</v>
       </c>
       <c r="C17" s="13"/>
       <c r="D17" s="13"/>
       <c r="E17" s="13"/>
       <c r="F17" s="14"/>
       <c r="G17" s="5" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="8"/>
       <c r="N17" s="6"/>
       <c r="O17" s="6"/>
       <c r="P17" s="6"/>
       <c r="Q17" s="6"/>
       <c r="R17" s="6"/>
       <c r="S17" s="6"/>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="5">
         <v>82</v>
       </c>
       <c r="B18" s="12" t="s">
         <v>45</v>
       </c>
       <c r="C18" s="13"/>
       <c r="D18" s="13"/>
       <c r="E18" s="13"/>
       <c r="F18" s="14"/>
@@ -1396,51 +1396,51 @@
       <c r="H19" s="6"/>
       <c r="I19" s="6"/>
       <c r="J19" s="6"/>
       <c r="K19" s="6"/>
       <c r="L19" s="6"/>
       <c r="M19" s="8"/>
       <c r="N19" s="6"/>
       <c r="O19" s="6"/>
       <c r="P19" s="6"/>
       <c r="Q19" s="6"/>
       <c r="R19" s="6"/>
       <c r="S19" s="6"/>
     </row>
     <row r="20" spans="1:19">
       <c r="A20" s="5">
         <v>88</v>
       </c>
       <c r="B20" s="12" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="13"/>
       <c r="D20" s="13"/>
       <c r="E20" s="13"/>
       <c r="F20" s="14"/>
       <c r="G20" s="5" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H20" s="6"/>
       <c r="I20" s="6"/>
       <c r="J20" s="6"/>
       <c r="K20" s="6"/>
       <c r="L20" s="6"/>
       <c r="M20" s="8"/>
       <c r="N20" s="6"/>
       <c r="O20" s="6"/>
       <c r="P20" s="6"/>
       <c r="Q20" s="6"/>
       <c r="R20" s="6"/>
       <c r="S20" s="6"/>
     </row>
     <row r="21" spans="1:19">
       <c r="A21" s="5">
         <v>99</v>
       </c>
       <c r="B21" s="12" t="s">
         <v>48</v>
       </c>
       <c r="C21" s="13"/>
       <c r="D21" s="13"/>
       <c r="E21" s="13"/>
       <c r="F21" s="14"/>
@@ -1740,88 +1740,88 @@
       <c r="L31" s="7">
         <v>83</v>
       </c>
       <c r="M31" s="7">
         <v>0</v>
       </c>
       <c r="N31" s="7"/>
       <c r="O31" s="7"/>
       <c r="P31" s="7"/>
       <c r="Q31" s="7"/>
       <c r="R31" s="7"/>
       <c r="S31" s="7"/>
     </row>
     <row r="32" spans="1:19">
       <c r="A32" s="7">
         <v>10</v>
       </c>
       <c r="B32" s="12" t="s">
         <v>56</v>
       </c>
       <c r="C32" s="13"/>
       <c r="D32" s="13"/>
       <c r="E32" s="13"/>
       <c r="F32" s="14"/>
       <c r="G32" s="7" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="H32" s="7">
         <v>3</v>
       </c>
       <c r="I32" s="7"/>
       <c r="J32" s="7" t="s">
         <v>57</v>
       </c>
       <c r="K32" s="7">
         <v>99</v>
       </c>
       <c r="L32" s="7">
         <v>84</v>
       </c>
       <c r="M32" s="7">
         <v>0</v>
       </c>
       <c r="N32" s="7"/>
       <c r="O32" s="7"/>
       <c r="P32" s="7"/>
       <c r="Q32" s="7"/>
       <c r="R32" s="7"/>
       <c r="S32" s="7"/>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" s="7">
         <v>10</v>
       </c>
       <c r="B33" s="12" t="s">
         <v>58</v>
       </c>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>
       <c r="G33" s="7" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="H33" s="7"/>
       <c r="I33" s="7"/>
       <c r="J33" s="7"/>
       <c r="K33" s="7"/>
       <c r="L33" s="7"/>
       <c r="M33" s="7"/>
       <c r="N33" s="7"/>
       <c r="O33" s="7"/>
       <c r="P33" s="7"/>
       <c r="Q33" s="7"/>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
         <v>11</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>59</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
@@ -1885,105 +1885,105 @@
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>19</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>22</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>63</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
       <c r="G38" s="7" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
         <v>25</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>64</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>
       <c r="G39" s="7" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7">
         <v>28</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>65</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>
@@ -2074,51 +2074,51 @@
       <c r="H43" s="7"/>
       <c r="I43" s="7"/>
       <c r="J43" s="7"/>
       <c r="K43" s="7"/>
       <c r="L43" s="7"/>
       <c r="M43" s="7"/>
       <c r="N43" s="7"/>
       <c r="O43" s="7"/>
       <c r="P43" s="7"/>
       <c r="Q43" s="7"/>
       <c r="R43" s="7"/>
       <c r="S43" s="7"/>
     </row>
     <row r="44" spans="1:19">
       <c r="A44" s="7">
         <v>87</v>
       </c>
       <c r="B44" s="12" t="s">
         <v>69</v>
       </c>
       <c r="C44" s="13"/>
       <c r="D44" s="13"/>
       <c r="E44" s="13"/>
       <c r="F44" s="14"/>
       <c r="G44" s="7" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H44" s="7"/>
       <c r="I44" s="7"/>
       <c r="J44" s="7"/>
       <c r="K44" s="7"/>
       <c r="L44" s="7"/>
       <c r="M44" s="7"/>
       <c r="N44" s="7"/>
       <c r="O44" s="7"/>
       <c r="P44" s="7"/>
       <c r="Q44" s="7"/>
       <c r="R44" s="7"/>
       <c r="S44" s="7"/>
     </row>
     <row r="45" spans="1:19">
       <c r="A45" s="7">
         <v>90</v>
       </c>
       <c r="B45" s="12" t="s">
         <v>70</v>
       </c>
       <c r="C45" s="13"/>
       <c r="D45" s="13"/>
       <c r="E45" s="13"/>
       <c r="F45" s="14"/>
@@ -2128,51 +2128,51 @@
       <c r="H45" s="7"/>
       <c r="I45" s="7"/>
       <c r="J45" s="7"/>
       <c r="K45" s="7"/>
       <c r="L45" s="7"/>
       <c r="M45" s="7"/>
       <c r="N45" s="7"/>
       <c r="O45" s="7"/>
       <c r="P45" s="7"/>
       <c r="Q45" s="7"/>
       <c r="R45" s="7"/>
       <c r="S45" s="7"/>
     </row>
     <row r="46" spans="1:19">
       <c r="A46" s="7">
         <v>91</v>
       </c>
       <c r="B46" s="12" t="s">
         <v>71</v>
       </c>
       <c r="C46" s="13"/>
       <c r="D46" s="13"/>
       <c r="E46" s="13"/>
       <c r="F46" s="14"/>
       <c r="G46" s="7" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H46" s="7"/>
       <c r="I46" s="7"/>
       <c r="J46" s="7"/>
       <c r="K46" s="7"/>
       <c r="L46" s="7"/>
       <c r="M46" s="7"/>
       <c r="N46" s="7"/>
       <c r="O46" s="7"/>
       <c r="P46" s="7"/>
       <c r="Q46" s="7"/>
       <c r="R46" s="7"/>
       <c r="S46" s="7"/>
     </row>
     <row r="47" spans="1:19">
       <c r="A47" s="7">
         <v>96</v>
       </c>
       <c r="B47" s="12" t="s">
         <v>72</v>
       </c>
       <c r="C47" s="13"/>
       <c r="D47" s="13"/>
       <c r="E47" s="13"/>
       <c r="F47" s="14"/>
@@ -2182,51 +2182,51 @@
       <c r="H47" s="7"/>
       <c r="I47" s="7"/>
       <c r="J47" s="7"/>
       <c r="K47" s="7"/>
       <c r="L47" s="7"/>
       <c r="M47" s="7"/>
       <c r="N47" s="7"/>
       <c r="O47" s="7"/>
       <c r="P47" s="7"/>
       <c r="Q47" s="7"/>
       <c r="R47" s="7"/>
       <c r="S47" s="7"/>
     </row>
     <row r="48" spans="1:19">
       <c r="A48" s="7">
         <v>97</v>
       </c>
       <c r="B48" s="12" t="s">
         <v>73</v>
       </c>
       <c r="C48" s="13"/>
       <c r="D48" s="13"/>
       <c r="E48" s="13"/>
       <c r="F48" s="14"/>
       <c r="G48" s="7" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H48" s="7"/>
       <c r="I48" s="7"/>
       <c r="J48" s="7"/>
       <c r="K48" s="7"/>
       <c r="L48" s="7"/>
       <c r="M48" s="7"/>
       <c r="N48" s="7"/>
       <c r="O48" s="7"/>
       <c r="P48" s="7"/>
       <c r="Q48" s="7"/>
       <c r="R48" s="7"/>
       <c r="S48" s="7"/>
     </row>
     <row r="49" spans="1:19">
       <c r="A49" s="7"/>
       <c r="B49" s="12"/>
       <c r="C49" s="13"/>
       <c r="D49" s="13"/>
       <c r="E49" s="13"/>
       <c r="F49" s="14"/>
       <c r="G49" s="7"/>
       <c r="H49" s="7"/>
       <c r="I49" s="7"/>
       <c r="J49" s="7"/>