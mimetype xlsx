--- v0 (2025-12-07)
+++ v1 (2025-12-07)
@@ -159,57 +159,57 @@
   <si>
     <t>Шаренко Алексей</t>
   </si>
   <si>
     <t>Грейзик Сергей</t>
   </si>
   <si>
     <t>Бирюков Станислав</t>
   </si>
   <si>
     <t>Москалев Алексей</t>
   </si>
   <si>
     <t>Летюк Денис</t>
   </si>
   <si>
     <t>Сычев Артем</t>
   </si>
   <si>
     <t>Александров Марк</t>
   </si>
   <si>
     <t>Дерид Сергей</t>
   </si>
   <si>
+    <t>Заболотный Иван</t>
+  </si>
+  <si>
     <t>Гончаров Алексей</t>
   </si>
   <si>
     <t>Вр</t>
-  </si>
-[...1 lines deleted...]
-    <t>Заболотный Иван</t>
   </si>
   <si>
     <t>Шалухин Бориc</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Ермак»</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>28:00</t>
   </si>
   <si>
     <t>13:00</t>
   </si>
   <si>
     <t>Долбенко Михаил</t>
   </si>
@@ -1479,78 +1479,78 @@
       <c r="H22" s="6"/>
       <c r="I22" s="6"/>
       <c r="J22" s="6"/>
       <c r="K22" s="6"/>
       <c r="L22" s="6"/>
       <c r="M22" s="8"/>
       <c r="N22" s="6"/>
       <c r="O22" s="6"/>
       <c r="P22" s="6"/>
       <c r="Q22" s="6"/>
       <c r="R22" s="6"/>
       <c r="S22" s="6"/>
     </row>
     <row r="23" spans="1:19">
       <c r="A23" s="5">
         <v>89</v>
       </c>
       <c r="B23" s="12" t="s">
         <v>47</v>
       </c>
       <c r="C23" s="13"/>
       <c r="D23" s="13"/>
       <c r="E23" s="13"/>
       <c r="F23" s="14"/>
       <c r="G23" s="5" t="s">
-        <v>48</v>
+        <v>22</v>
       </c>
       <c r="H23" s="6"/>
       <c r="I23" s="6"/>
       <c r="J23" s="6"/>
       <c r="K23" s="6"/>
       <c r="L23" s="6"/>
       <c r="M23" s="8"/>
       <c r="N23" s="6"/>
       <c r="O23" s="6"/>
       <c r="P23" s="6"/>
       <c r="Q23" s="6"/>
       <c r="R23" s="6"/>
       <c r="S23" s="6"/>
     </row>
     <row r="24" spans="1:19">
       <c r="A24" s="5">
         <v>89</v>
       </c>
       <c r="B24" s="12" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="C24" s="13"/>
       <c r="D24" s="13"/>
       <c r="E24" s="13"/>
       <c r="F24" s="14"/>
       <c r="G24" s="5" t="s">
-        <v>22</v>
+        <v>49</v>
       </c>
       <c r="H24" s="6"/>
       <c r="I24" s="6"/>
       <c r="J24" s="6"/>
       <c r="K24" s="6"/>
       <c r="L24" s="6"/>
       <c r="M24" s="8"/>
       <c r="N24" s="6"/>
       <c r="O24" s="6"/>
       <c r="P24" s="6"/>
       <c r="Q24" s="6"/>
       <c r="R24" s="6"/>
       <c r="S24" s="6"/>
     </row>
     <row r="25" spans="1:19">
       <c r="A25" s="10">
         <v>97</v>
       </c>
       <c r="B25" s="12" t="s">
         <v>50</v>
       </c>
       <c r="C25" s="13"/>
       <c r="D25" s="13"/>
       <c r="E25" s="13"/>
       <c r="F25" s="14"/>
@@ -1923,51 +1923,51 @@
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>52</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>66</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>71</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>67</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>