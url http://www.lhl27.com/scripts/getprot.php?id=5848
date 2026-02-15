--- v0 (2025-12-07)
+++ v1 (2026-02-15)
@@ -150,54 +150,54 @@
   <si>
     <t>Бабушкин Евгений</t>
   </si>
   <si>
     <t>Довгань Павел</t>
   </si>
   <si>
     <t>Мисько Андрей</t>
   </si>
   <si>
     <t>Волошин Глеб</t>
   </si>
   <si>
     <t>Унанян Герман</t>
   </si>
   <si>
     <t>Пивачев Данила</t>
   </si>
   <si>
     <t>Калашников Михаил</t>
   </si>
   <si>
     <t>Лесь-Нелин Александр</t>
   </si>
   <si>
+    <t>Демченко Александр</t>
+  </si>
+  <si>
     <t>Смирнов Роман</t>
-  </si>
-[...1 lines deleted...]
-    <t>Демченко Александр</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Rock'n'Rolla»</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -1408,78 +1408,78 @@
       <c r="H24" s="6"/>
       <c r="I24" s="6"/>
       <c r="J24" s="6"/>
       <c r="K24" s="6"/>
       <c r="L24" s="6"/>
       <c r="M24" s="8"/>
       <c r="N24" s="6"/>
       <c r="O24" s="6"/>
       <c r="P24" s="6"/>
       <c r="Q24" s="6"/>
       <c r="R24" s="6"/>
       <c r="S24" s="6"/>
     </row>
     <row r="25" spans="1:19">
       <c r="A25" s="10">
         <v>100</v>
       </c>
       <c r="B25" s="12" t="s">
         <v>44</v>
       </c>
       <c r="C25" s="13"/>
       <c r="D25" s="13"/>
       <c r="E25" s="13"/>
       <c r="F25" s="14"/>
       <c r="G25" s="10" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="H25" s="10"/>
       <c r="I25" s="10"/>
       <c r="J25" s="10"/>
       <c r="K25" s="10"/>
       <c r="L25" s="10"/>
       <c r="M25" s="10"/>
       <c r="N25" s="10"/>
       <c r="O25" s="10"/>
       <c r="P25" s="10"/>
       <c r="Q25" s="10"/>
       <c r="R25" s="10"/>
       <c r="S25" s="10"/>
     </row>
     <row r="26" spans="1:19">
       <c r="A26" s="5">
         <v>100</v>
       </c>
       <c r="B26" s="12" t="s">
         <v>45</v>
       </c>
       <c r="C26" s="13"/>
       <c r="D26" s="13"/>
       <c r="E26" s="13"/>
       <c r="F26" s="14"/>
       <c r="G26" s="5" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="H26" s="6"/>
       <c r="I26" s="6"/>
       <c r="J26" s="6"/>
       <c r="K26" s="6"/>
       <c r="L26" s="6"/>
       <c r="M26" s="8"/>
       <c r="N26" s="6"/>
       <c r="O26" s="6"/>
       <c r="P26" s="6"/>
       <c r="Q26" s="6"/>
       <c r="R26" s="6"/>
       <c r="S26" s="6"/>
     </row>
     <row r="27" spans="1:19">
       <c r="A27" s="15" t="s">
         <v>46</v>
       </c>
       <c r="B27" s="15"/>
       <c r="C27" s="15"/>
       <c r="D27" s="15"/>
       <c r="E27" s="15"/>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15"/>