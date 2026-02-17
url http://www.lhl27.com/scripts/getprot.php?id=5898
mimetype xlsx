--- v0 (2025-12-14)
+++ v1 (2026-02-17)
@@ -111,126 +111,126 @@
   <si>
     <t>20:54</t>
   </si>
   <si>
     <t>Манилов Александр</t>
   </si>
   <si>
     <t>44:43</t>
   </si>
   <si>
     <t>Башев Владислав</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>Садовников Сергей</t>
   </si>
   <si>
     <t>45:00</t>
   </si>
   <si>
     <t>Рагозин Радислав</t>
   </si>
   <si>
+    <t>Трунова Наталья</t>
+  </si>
+  <si>
+    <t>Пырков Дмитрий</t>
+  </si>
+  <si>
+    <t>Потихо Дмитрий</t>
+  </si>
+  <si>
+    <t>Тен Владимир</t>
+  </si>
+  <si>
+    <t>Аникин Владислав</t>
+  </si>
+  <si>
+    <t>Безнощенко Владимир</t>
+  </si>
+  <si>
+    <t>Пышненко Артем</t>
+  </si>
+  <si>
+    <t>Смазнов Руслан</t>
+  </si>
+  <si>
+    <t>Главный тренер</t>
+  </si>
+  <si>
+    <t>Подписи</t>
+  </si>
+  <si>
+    <t>Команда « Б » «Хулиганы»</t>
+  </si>
+  <si>
+    <t>Лисовский Игорь</t>
+  </si>
+  <si>
+    <t>05:17</t>
+  </si>
+  <si>
+    <t>Туезов Владислав</t>
+  </si>
+  <si>
+    <t>14:26</t>
+  </si>
+  <si>
+    <t>43:59</t>
+  </si>
+  <si>
+    <t>Середа Андрей</t>
+  </si>
+  <si>
+    <t>19:46</t>
+  </si>
+  <si>
+    <t>Ольмезов Александр</t>
+  </si>
+  <si>
+    <t>34:58</t>
+  </si>
+  <si>
+    <t>Полубоярцев Егор</t>
+  </si>
+  <si>
+    <t>39:13</t>
+  </si>
+  <si>
+    <t>Скачков Александр</t>
+  </si>
+  <si>
+    <t>Волошенко Артем</t>
+  </si>
+  <si>
+    <t>Коршунов Ростислав</t>
+  </si>
+  <si>
     <t>Вр</t>
-  </si>
-[...73 lines deleted...]
-    <t>Коршунов Ростислав</t>
   </si>
   <si>
     <t>Лопатин Евгений</t>
   </si>
   <si>
     <t>Банк Андрей</t>
   </si>
   <si>
     <t>Немировец Дмитрий</t>
   </si>
   <si>
     <t>Марченко Кирилл</t>
   </si>
   <si>
     <t>Соболев Максим</t>
   </si>
   <si>
     <t>Гашута Олег</t>
   </si>
   <si>
     <t>Шубин Владимир</t>
   </si>
   <si>
     <t>Шевченко Максим</t>
   </si>
@@ -1068,260 +1068,260 @@
       </c>
       <c r="O8" s="6">
         <v>85</v>
       </c>
       <c r="P8" s="6">
         <v>2</v>
       </c>
       <c r="Q8" s="6">
         <v>33</v>
       </c>
       <c r="R8" s="6"/>
       <c r="S8" s="6"/>
     </row>
     <row r="9" spans="1:19">
       <c r="A9" s="5">
         <v>30</v>
       </c>
       <c r="B9" s="12" t="s">
         <v>30</v>
       </c>
       <c r="C9" s="13"/>
       <c r="D9" s="13"/>
       <c r="E9" s="13"/>
       <c r="F9" s="14"/>
       <c r="G9" s="5" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="6"/>
       <c r="J9" s="6"/>
       <c r="K9" s="6"/>
       <c r="L9" s="6"/>
       <c r="M9" s="8"/>
       <c r="N9" s="6"/>
       <c r="O9" s="6"/>
       <c r="P9" s="6"/>
       <c r="Q9" s="6"/>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
         <v>33</v>
       </c>
       <c r="B10" s="12" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
       <c r="G10" s="5" t="s">
         <v>27</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="8"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
         <v>37</v>
       </c>
       <c r="B11" s="12" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
       <c r="G11" s="5" t="s">
         <v>27</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
         <v>50</v>
       </c>
       <c r="B12" s="12" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
       <c r="G12" s="5" t="s">
         <v>27</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>80</v>
       </c>
       <c r="B13" s="12" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
         <v>27</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>84</v>
       </c>
       <c r="B14" s="12" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
       <c r="G14" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
         <v>85</v>
       </c>
       <c r="B15" s="12" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
       <c r="G15" s="5" t="s">
         <v>27</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" s="5">
         <v>97</v>
       </c>
       <c r="B16" s="12" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>
       <c r="G16" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="8"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
       <c r="Q16" s="6"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="5">
         <v>98</v>
       </c>
       <c r="B17" s="12" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="C17" s="13"/>
       <c r="D17" s="13"/>
       <c r="E17" s="13"/>
       <c r="F17" s="14"/>
       <c r="G17" s="5" t="s">
         <v>27</v>
       </c>
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="8"/>
       <c r="N17" s="6"/>
       <c r="O17" s="6"/>
       <c r="P17" s="6"/>
       <c r="Q17" s="6"/>
       <c r="R17" s="6"/>
       <c r="S17" s="6"/>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="5"/>
       <c r="B18" s="12"/>
       <c r="C18" s="13"/>
@@ -1490,76 +1490,76 @@
       <c r="S25" s="10"/>
     </row>
     <row r="26" spans="1:19">
       <c r="A26" s="5"/>
       <c r="B26" s="12"/>
       <c r="C26" s="13"/>
       <c r="D26" s="13"/>
       <c r="E26" s="13"/>
       <c r="F26" s="14"/>
       <c r="G26" s="5"/>
       <c r="H26" s="6"/>
       <c r="I26" s="6"/>
       <c r="J26" s="6"/>
       <c r="K26" s="6"/>
       <c r="L26" s="6"/>
       <c r="M26" s="8"/>
       <c r="N26" s="6"/>
       <c r="O26" s="6"/>
       <c r="P26" s="6"/>
       <c r="Q26" s="6"/>
       <c r="R26" s="6"/>
       <c r="S26" s="6"/>
     </row>
     <row r="27" spans="1:19">
       <c r="A27" s="15" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="B27" s="15"/>
       <c r="C27" s="15"/>
       <c r="D27" s="15"/>
       <c r="E27" s="15"/>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15"/>
       <c r="I27" s="15"/>
       <c r="J27" s="15"/>
       <c r="K27" s="15"/>
       <c r="L27" s="15" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="M27" s="15"/>
       <c r="N27" s="15"/>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27" s="15"/>
       <c r="S27" s="15"/>
     </row>
     <row r="28" spans="1:19" customHeight="1" ht="12" s="3" customFormat="1">
       <c r="A28" s="17" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="B28" s="17"/>
       <c r="C28" s="17"/>
       <c r="D28" s="17"/>
       <c r="E28" s="17"/>
       <c r="F28" s="17"/>
       <c r="G28" s="17"/>
       <c r="H28" s="18" t="s">
         <v>7</v>
       </c>
       <c r="I28" s="18"/>
       <c r="J28" s="18"/>
       <c r="K28" s="18"/>
       <c r="L28" s="18"/>
       <c r="M28" s="18"/>
       <c r="N28" s="18" t="s">
         <v>8</v>
       </c>
       <c r="O28" s="18"/>
       <c r="P28" s="18"/>
       <c r="Q28" s="18"/>
       <c r="R28" s="18"/>
       <c r="S28" s="18"/>
     </row>
     <row r="29" spans="1:19">
@@ -1596,321 +1596,321 @@
       </c>
       <c r="N29" s="7" t="s">
         <v>14</v>
       </c>
       <c r="O29" s="7" t="s">
         <v>9</v>
       </c>
       <c r="P29" s="7" t="s">
         <v>17</v>
       </c>
       <c r="Q29" s="7" t="s">
         <v>18</v>
       </c>
       <c r="R29" s="7" t="s">
         <v>19</v>
       </c>
       <c r="S29" s="7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="30" spans="1:19">
       <c r="A30" s="7">
         <v>8</v>
       </c>
       <c r="B30" s="12" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="C30" s="13"/>
       <c r="D30" s="13"/>
       <c r="E30" s="13"/>
       <c r="F30" s="14"/>
       <c r="G30" s="7" t="s">
         <v>27</v>
       </c>
       <c r="H30" s="7">
         <v>1</v>
       </c>
       <c r="I30" s="7"/>
       <c r="J30" s="7" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="K30" s="7">
         <v>96</v>
       </c>
       <c r="L30" s="7">
         <v>98</v>
       </c>
       <c r="M30" s="7">
         <v>0</v>
       </c>
       <c r="N30" s="7" t="s">
         <v>23</v>
       </c>
       <c r="O30" s="7">
         <v>81</v>
       </c>
       <c r="P30" s="7">
         <v>2</v>
       </c>
       <c r="Q30" s="7">
         <v>19</v>
       </c>
       <c r="R30" s="7"/>
       <c r="S30" s="7"/>
     </row>
     <row r="31" spans="1:19">
       <c r="A31" s="7">
         <v>18</v>
       </c>
       <c r="B31" s="12" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="C31" s="13"/>
       <c r="D31" s="13"/>
       <c r="E31" s="13"/>
       <c r="F31" s="14"/>
       <c r="G31" s="7" t="s">
         <v>27</v>
       </c>
       <c r="H31" s="7">
         <v>2</v>
       </c>
       <c r="I31" s="7"/>
       <c r="J31" s="7" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="K31" s="7">
         <v>8</v>
       </c>
       <c r="L31" s="7">
         <v>96</v>
       </c>
       <c r="M31" s="7">
         <v>22</v>
       </c>
       <c r="N31" s="7" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="O31" s="7">
         <v>71</v>
       </c>
       <c r="P31" s="7">
         <v>2</v>
       </c>
       <c r="Q31" s="7">
         <v>1</v>
       </c>
       <c r="R31" s="7"/>
       <c r="S31" s="7"/>
     </row>
     <row r="32" spans="1:19">
       <c r="A32" s="7">
         <v>22</v>
       </c>
       <c r="B32" s="12" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="C32" s="13"/>
       <c r="D32" s="13"/>
       <c r="E32" s="13"/>
       <c r="F32" s="14"/>
       <c r="G32" s="7" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="H32" s="7">
         <v>3</v>
       </c>
       <c r="I32" s="7"/>
       <c r="J32" s="7" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="K32" s="7">
         <v>22</v>
       </c>
       <c r="L32" s="7">
         <v>18</v>
       </c>
       <c r="M32" s="7">
         <v>8</v>
       </c>
       <c r="N32" s="7" t="s">
         <v>25</v>
       </c>
       <c r="O32" s="7">
         <v>18</v>
       </c>
       <c r="P32" s="7">
         <v>2</v>
       </c>
       <c r="Q32" s="7">
         <v>8</v>
       </c>
       <c r="R32" s="7"/>
       <c r="S32" s="7"/>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" s="7">
         <v>22</v>
       </c>
       <c r="B33" s="12" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>
       <c r="G33" s="7" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="H33" s="7">
         <v>4</v>
       </c>
       <c r="I33" s="7"/>
       <c r="J33" s="7" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="K33" s="7">
         <v>18</v>
       </c>
       <c r="L33" s="7">
         <v>86</v>
       </c>
       <c r="M33" s="7">
         <v>96</v>
       </c>
       <c r="N33" s="7"/>
       <c r="O33" s="7"/>
       <c r="P33" s="7"/>
       <c r="Q33" s="7"/>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
         <v>23</v>
       </c>
       <c r="B34" s="12" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
         <v>27</v>
       </c>
       <c r="H34" s="7">
         <v>5</v>
       </c>
       <c r="I34" s="7"/>
       <c r="J34" s="7" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="K34" s="7">
         <v>17</v>
       </c>
       <c r="L34" s="7">
         <v>55</v>
       </c>
       <c r="M34" s="7">
         <v>90</v>
       </c>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
         <v>33</v>
       </c>
       <c r="B35" s="12" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
       <c r="G35" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
         <v>55</v>
       </c>
       <c r="B36" s="12" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
       <c r="G36" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>57</v>
       </c>
       <c r="B37" s="12" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
-        <v>31</v>
+        <v>56</v>
       </c>
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>71</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>57</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
@@ -2231,64 +2231,64 @@
       <c r="S50" s="10"/>
     </row>
     <row r="51" spans="1:19">
       <c r="A51" s="7"/>
       <c r="B51" s="12"/>
       <c r="C51" s="13"/>
       <c r="D51" s="13"/>
       <c r="E51" s="13"/>
       <c r="F51" s="14"/>
       <c r="G51" s="7"/>
       <c r="H51" s="7"/>
       <c r="I51" s="7"/>
       <c r="J51" s="7"/>
       <c r="K51" s="7"/>
       <c r="L51" s="7"/>
       <c r="M51" s="7"/>
       <c r="N51" s="7"/>
       <c r="O51" s="7"/>
       <c r="P51" s="7"/>
       <c r="Q51" s="7"/>
       <c r="R51" s="7"/>
       <c r="S51" s="7"/>
     </row>
     <row r="52" spans="1:19">
       <c r="A52" s="15" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="B52" s="15"/>
       <c r="C52" s="15"/>
       <c r="D52" s="15"/>
       <c r="E52" s="15"/>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15"/>
       <c r="I52" s="15"/>
       <c r="J52" s="15"/>
       <c r="K52" s="15"/>
       <c r="L52" s="15" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="M52" s="15"/>
       <c r="N52" s="15"/>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52" s="15"/>
       <c r="S52" s="15"/>
     </row>
     <row r="53" spans="1:19">
       <c r="A53" s="11"/>
       <c r="B53" s="11"/>
       <c r="C53" s="11"/>
       <c r="D53" s="11"/>
       <c r="E53" s="11"/>
       <c r="F53" s="11"/>
       <c r="G53" s="11"/>
       <c r="H53" s="11"/>
       <c r="I53" s="11"/>
       <c r="J53" s="11"/>
       <c r="K53" s="11"/>
       <c r="L53" s="11"/>
       <c r="M53" s="11"/>
       <c r="N53" s="11"/>
       <c r="O53" s="11"/>