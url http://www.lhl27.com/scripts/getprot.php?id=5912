--- v0 (2025-12-07)
+++ v1 (2026-02-15)
@@ -114,60 +114,60 @@
   <si>
     <t>04:30</t>
   </si>
   <si>
     <t>Серов Олег</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>36:40</t>
   </si>
   <si>
     <t>06:45</t>
   </si>
   <si>
     <t>Туезов Владислав</t>
   </si>
   <si>
     <t>37:50</t>
   </si>
   <si>
     <t>14:40</t>
   </si>
   <si>
+    <t>Середа Андрей</t>
+  </si>
+  <si>
+    <t>44:55</t>
+  </si>
+  <si>
+    <t>23:20</t>
+  </si>
+  <si>
     <t>Ольмезов Александр</t>
-  </si>
-[...7 lines deleted...]
-    <t>Середа Андрей</t>
   </si>
   <si>
     <t>40:00</t>
   </si>
   <si>
     <t>Полубоярцев Егор</t>
   </si>
   <si>
     <t>Васильев Кирилл</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Скачков Александр</t>
   </si>
   <si>
     <t>Волошенко Артем</t>
   </si>
   <si>
     <t>Коршунов Виктор</t>
   </si>
   <si>
     <t>Лопатин Евгений</t>
   </si>
@@ -1068,96 +1068,96 @@
       </c>
       <c r="O7" s="6">
         <v>81</v>
       </c>
       <c r="P7" s="6">
         <v>2</v>
       </c>
       <c r="Q7" s="6">
         <v>1</v>
       </c>
       <c r="R7" s="6"/>
       <c r="S7" s="6"/>
     </row>
     <row r="8" spans="1:19">
       <c r="A8" s="5">
         <v>22</v>
       </c>
       <c r="B8" s="12" t="s">
         <v>32</v>
       </c>
       <c r="C8" s="13"/>
       <c r="D8" s="13"/>
       <c r="E8" s="13"/>
       <c r="F8" s="14"/>
       <c r="G8" s="5" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="H8" s="6">
         <v>4</v>
       </c>
       <c r="I8" s="6"/>
       <c r="J8" s="6" t="s">
         <v>33</v>
       </c>
       <c r="K8" s="6">
         <v>18</v>
       </c>
       <c r="L8" s="6">
         <v>96</v>
       </c>
       <c r="M8" s="8">
         <v>0</v>
       </c>
       <c r="N8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="O8" s="6">
         <v>55</v>
       </c>
       <c r="P8" s="6">
         <v>2</v>
       </c>
       <c r="Q8" s="6">
         <v>3</v>
       </c>
       <c r="R8" s="6"/>
       <c r="S8" s="6"/>
     </row>
     <row r="9" spans="1:19">
       <c r="A9" s="5">
         <v>22</v>
       </c>
       <c r="B9" s="12" t="s">
         <v>35</v>
       </c>
       <c r="C9" s="13"/>
       <c r="D9" s="13"/>
       <c r="E9" s="13"/>
       <c r="F9" s="14"/>
       <c r="G9" s="5" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="6"/>
       <c r="J9" s="6"/>
       <c r="K9" s="6"/>
       <c r="L9" s="6"/>
       <c r="M9" s="8"/>
       <c r="N9" s="6" t="s">
         <v>36</v>
       </c>
       <c r="O9" s="6">
         <v>18</v>
       </c>
       <c r="P9" s="6">
         <v>2</v>
       </c>
       <c r="Q9" s="6">
         <v>2</v>
       </c>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
         <v>23</v>