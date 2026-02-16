--- v0 (2025-12-08)
+++ v1 (2026-02-16)
@@ -96,102 +96,102 @@
   <si>
     <t>Пр</t>
   </si>
   <si>
     <t>Нач</t>
   </si>
   <si>
     <t>Окон</t>
   </si>
   <si>
     <t>Ерохин Дмитрий</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>24:52</t>
   </si>
   <si>
     <t>Борзенко Макар</t>
   </si>
   <si>
     <t>35:07</t>
   </si>
   <si>
+    <t>Бальбуза Дмитрий</t>
+  </si>
+  <si>
+    <t>Зщ</t>
+  </si>
+  <si>
+    <t>38:38</t>
+  </si>
+  <si>
     <t>Чернышев Артем</t>
   </si>
   <si>
-    <t>Зщ</t>
-[...4 lines deleted...]
-  <si>
     <t>Мандыбура Михаил</t>
   </si>
   <si>
     <t>Сурадеев Данила</t>
   </si>
   <si>
+    <t>Грициенко Ростислав</t>
+  </si>
+  <si>
     <t>Воробьев Виктор</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
+    <t>Ащеулов Александр</t>
+  </si>
+  <si>
     <t>Ушаков Игорь</t>
   </si>
   <si>
     <t>Лебедев Дмитрий</t>
   </si>
   <si>
-    <t>Ащеулов Александр</t>
-[...1 lines deleted...]
-  <si>
     <t>Митрофанов Данил</t>
   </si>
   <si>
     <t>Савенков Данил</t>
   </si>
   <si>
     <t>Косицин Олег</t>
   </si>
   <si>
     <t>Кузнецов Вадим</t>
   </si>
   <si>
     <t>Сухоруков Артем</t>
   </si>
   <si>
-    <t>Грициенко Ростислав</t>
-[...1 lines deleted...]
-  <si>
     <t>Кормилицын Константин</t>
-  </si>
-[...1 lines deleted...]
-    <t>Бальбуза Дмитрий</t>
   </si>
   <si>
     <t>Осипов Иван</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «АМУР»</t>
   </si>
   <si>
     <t>Золотухин Иван</t>
   </si>
   <si>
     <t>01:56</t>
   </si>
   <si>
     <t>Тахватулин Никита</t>
   </si>
   <si>
     <t>14:35</t>
   </si>
@@ -1023,476 +1023,476 @@
         <v>69</v>
       </c>
       <c r="L6" s="6">
         <v>0</v>
       </c>
       <c r="M6" s="8">
         <v>0</v>
       </c>
       <c r="N6" s="6">
         <v>2</v>
       </c>
       <c r="O6" s="6">
         <v>47</v>
       </c>
       <c r="P6" s="6">
         <v>2</v>
       </c>
       <c r="Q6" s="6">
         <v>5</v>
       </c>
       <c r="R6" s="6"/>
       <c r="S6" s="6"/>
     </row>
     <row r="7" spans="1:19">
       <c r="A7" s="5">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B7" s="12" t="s">
         <v>26</v>
       </c>
       <c r="C7" s="13"/>
       <c r="D7" s="13"/>
       <c r="E7" s="13"/>
       <c r="F7" s="14"/>
       <c r="G7" s="5" t="s">
         <v>27</v>
       </c>
       <c r="H7" s="6">
         <v>3</v>
       </c>
       <c r="I7" s="6"/>
       <c r="J7" s="6" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="6">
         <v>8</v>
       </c>
       <c r="L7" s="6">
         <v>0</v>
       </c>
       <c r="M7" s="8">
         <v>0</v>
       </c>
       <c r="N7" s="6"/>
       <c r="O7" s="6"/>
       <c r="P7" s="6"/>
       <c r="Q7" s="6"/>
       <c r="R7" s="6"/>
       <c r="S7" s="6"/>
     </row>
     <row r="8" spans="1:19">
       <c r="A8" s="5">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="B8" s="12" t="s">
         <v>29</v>
       </c>
       <c r="C8" s="13"/>
       <c r="D8" s="13"/>
       <c r="E8" s="13"/>
       <c r="F8" s="14"/>
       <c r="G8" s="5" t="s">
         <v>27</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="6"/>
       <c r="J8" s="6"/>
       <c r="K8" s="6"/>
       <c r="L8" s="6"/>
       <c r="M8" s="8"/>
       <c r="N8" s="6"/>
       <c r="O8" s="6"/>
       <c r="P8" s="6"/>
       <c r="Q8" s="6"/>
       <c r="R8" s="6"/>
       <c r="S8" s="6"/>
     </row>
     <row r="9" spans="1:19">
       <c r="A9" s="5">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="B9" s="12" t="s">
         <v>30</v>
       </c>
       <c r="C9" s="13"/>
       <c r="D9" s="13"/>
       <c r="E9" s="13"/>
       <c r="F9" s="14"/>
       <c r="G9" s="5" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="6"/>
       <c r="J9" s="6"/>
       <c r="K9" s="6"/>
       <c r="L9" s="6"/>
       <c r="M9" s="8"/>
       <c r="N9" s="6"/>
       <c r="O9" s="6"/>
       <c r="P9" s="6"/>
       <c r="Q9" s="6"/>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="B10" s="12" t="s">
         <v>31</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
       <c r="G10" s="5" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="8"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
-        <v>45</v>
+        <v>22</v>
       </c>
       <c r="B11" s="12" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
       <c r="G11" s="5" t="s">
         <v>27</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
-        <v>47</v>
+        <v>24</v>
       </c>
       <c r="B12" s="12" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
       <c r="G12" s="5" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
-        <v>63</v>
+        <v>33</v>
       </c>
       <c r="B13" s="12" t="s">
         <v>35</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
-        <v>63</v>
+        <v>45</v>
       </c>
       <c r="B14" s="12" t="s">
         <v>36</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
       <c r="G14" s="5" t="s">
         <v>27</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
-        <v>69</v>
+        <v>47</v>
       </c>
       <c r="B15" s="12" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
       <c r="G15" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" s="5">
-        <v>71</v>
+        <v>63</v>
       </c>
       <c r="B16" s="12" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>
       <c r="G16" s="5" t="s">
         <v>27</v>
       </c>
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="8"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
       <c r="Q16" s="6"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="5">
-        <v>85</v>
+        <v>69</v>
       </c>
       <c r="B17" s="12" t="s">
         <v>39</v>
       </c>
       <c r="C17" s="13"/>
       <c r="D17" s="13"/>
       <c r="E17" s="13"/>
       <c r="F17" s="14"/>
       <c r="G17" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="8"/>
       <c r="N17" s="6"/>
       <c r="O17" s="6"/>
       <c r="P17" s="6"/>
       <c r="Q17" s="6"/>
       <c r="R17" s="6"/>
       <c r="S17" s="6"/>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="5">
-        <v>87</v>
+        <v>71</v>
       </c>
       <c r="B18" s="12" t="s">
         <v>40</v>
       </c>
       <c r="C18" s="13"/>
       <c r="D18" s="13"/>
       <c r="E18" s="13"/>
       <c r="F18" s="14"/>
       <c r="G18" s="5" t="s">
         <v>27</v>
       </c>
       <c r="H18" s="6"/>
       <c r="I18" s="6"/>
       <c r="J18" s="6"/>
       <c r="K18" s="6"/>
       <c r="L18" s="6"/>
       <c r="M18" s="8"/>
       <c r="N18" s="6"/>
       <c r="O18" s="6"/>
       <c r="P18" s="6"/>
       <c r="Q18" s="6"/>
       <c r="R18" s="6"/>
       <c r="S18" s="6"/>
     </row>
     <row r="19" spans="1:19">
       <c r="A19" s="5">
-        <v>92</v>
+        <v>85</v>
       </c>
       <c r="B19" s="12" t="s">
         <v>41</v>
       </c>
       <c r="C19" s="13"/>
       <c r="D19" s="13"/>
       <c r="E19" s="13"/>
       <c r="F19" s="14"/>
       <c r="G19" s="5" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="H19" s="6"/>
       <c r="I19" s="6"/>
       <c r="J19" s="6"/>
       <c r="K19" s="6"/>
       <c r="L19" s="6"/>
       <c r="M19" s="8"/>
       <c r="N19" s="6"/>
       <c r="O19" s="6"/>
       <c r="P19" s="6"/>
       <c r="Q19" s="6"/>
       <c r="R19" s="6"/>
       <c r="S19" s="6"/>
     </row>
     <row r="20" spans="1:19">
       <c r="A20" s="5">
-        <v>94</v>
+        <v>87</v>
       </c>
       <c r="B20" s="12" t="s">
         <v>42</v>
       </c>
       <c r="C20" s="13"/>
       <c r="D20" s="13"/>
       <c r="E20" s="13"/>
       <c r="F20" s="14"/>
       <c r="G20" s="5" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="H20" s="6"/>
       <c r="I20" s="6"/>
       <c r="J20" s="6"/>
       <c r="K20" s="6"/>
       <c r="L20" s="6"/>
       <c r="M20" s="8"/>
       <c r="N20" s="6"/>
       <c r="O20" s="6"/>
       <c r="P20" s="6"/>
       <c r="Q20" s="6"/>
       <c r="R20" s="6"/>
       <c r="S20" s="6"/>
     </row>
     <row r="21" spans="1:19">
       <c r="A21" s="5">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="B21" s="12" t="s">
         <v>43</v>
       </c>
       <c r="C21" s="13"/>
       <c r="D21" s="13"/>
       <c r="E21" s="13"/>
       <c r="F21" s="14"/>
       <c r="G21" s="5" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="H21" s="6"/>
       <c r="I21" s="6"/>
       <c r="J21" s="6"/>
       <c r="K21" s="6"/>
       <c r="L21" s="6"/>
       <c r="M21" s="8"/>
       <c r="N21" s="6"/>
       <c r="O21" s="6"/>
       <c r="P21" s="6"/>
       <c r="Q21" s="6"/>
       <c r="R21" s="6"/>
       <c r="S21" s="6"/>
     </row>
     <row r="22" spans="1:19">
       <c r="A22" s="5">
         <v>99</v>
       </c>
       <c r="B22" s="12" t="s">
         <v>44</v>
       </c>
       <c r="C22" s="13"/>
       <c r="D22" s="13"/>
       <c r="E22" s="13"/>
       <c r="F22" s="14"/>
       <c r="G22" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="H22" s="6"/>
       <c r="I22" s="6"/>
       <c r="J22" s="6"/>
       <c r="K22" s="6"/>
       <c r="L22" s="6"/>
       <c r="M22" s="8"/>
       <c r="N22" s="6"/>
       <c r="O22" s="6"/>
       <c r="P22" s="6"/>
       <c r="Q22" s="6"/>
       <c r="R22" s="6"/>
       <c r="S22" s="6"/>
     </row>
     <row r="23" spans="1:19">
       <c r="A23" s="5"/>
       <c r="B23" s="12"/>
       <c r="C23" s="13"/>
       <c r="D23" s="13"/>
       <c r="E23" s="13"/>
       <c r="F23" s="14"/>
       <c r="G23" s="5"/>
       <c r="H23" s="6"/>
       <c r="I23" s="6"/>
       <c r="J23" s="6"/>
@@ -2124,51 +2124,51 @@
       <c r="H45" s="7"/>
       <c r="I45" s="7"/>
       <c r="J45" s="7"/>
       <c r="K45" s="7"/>
       <c r="L45" s="7"/>
       <c r="M45" s="7"/>
       <c r="N45" s="7"/>
       <c r="O45" s="7"/>
       <c r="P45" s="7"/>
       <c r="Q45" s="7"/>
       <c r="R45" s="7"/>
       <c r="S45" s="7"/>
     </row>
     <row r="46" spans="1:19">
       <c r="A46" s="7">
         <v>77</v>
       </c>
       <c r="B46" s="12" t="s">
         <v>67</v>
       </c>
       <c r="C46" s="13"/>
       <c r="D46" s="13"/>
       <c r="E46" s="13"/>
       <c r="F46" s="14"/>
       <c r="G46" s="7" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="H46" s="7"/>
       <c r="I46" s="7"/>
       <c r="J46" s="7"/>
       <c r="K46" s="7"/>
       <c r="L46" s="7"/>
       <c r="M46" s="7"/>
       <c r="N46" s="7"/>
       <c r="O46" s="7"/>
       <c r="P46" s="7"/>
       <c r="Q46" s="7"/>
       <c r="R46" s="7"/>
       <c r="S46" s="7"/>
     </row>
     <row r="47" spans="1:19">
       <c r="A47" s="7">
         <v>92</v>
       </c>
       <c r="B47" s="12" t="s">
         <v>68</v>
       </c>
       <c r="C47" s="13"/>
       <c r="D47" s="13"/>
       <c r="E47" s="13"/>
       <c r="F47" s="14"/>
@@ -2178,51 +2178,51 @@
       <c r="H47" s="7"/>
       <c r="I47" s="7"/>
       <c r="J47" s="7"/>
       <c r="K47" s="7"/>
       <c r="L47" s="7"/>
       <c r="M47" s="7"/>
       <c r="N47" s="7"/>
       <c r="O47" s="7"/>
       <c r="P47" s="7"/>
       <c r="Q47" s="7"/>
       <c r="R47" s="7"/>
       <c r="S47" s="7"/>
     </row>
     <row r="48" spans="1:19">
       <c r="A48" s="7">
         <v>94</v>
       </c>
       <c r="B48" s="12" t="s">
         <v>69</v>
       </c>
       <c r="C48" s="13"/>
       <c r="D48" s="13"/>
       <c r="E48" s="13"/>
       <c r="F48" s="14"/>
       <c r="G48" s="7" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="H48" s="7"/>
       <c r="I48" s="7"/>
       <c r="J48" s="7"/>
       <c r="K48" s="7"/>
       <c r="L48" s="7"/>
       <c r="M48" s="7"/>
       <c r="N48" s="7"/>
       <c r="O48" s="7"/>
       <c r="P48" s="7"/>
       <c r="Q48" s="7"/>
       <c r="R48" s="7"/>
       <c r="S48" s="7"/>
     </row>
     <row r="49" spans="1:19">
       <c r="A49" s="7">
         <v>95</v>
       </c>
       <c r="B49" s="12" t="s">
         <v>70</v>
       </c>
       <c r="C49" s="13"/>
       <c r="D49" s="13"/>
       <c r="E49" s="13"/>
       <c r="F49" s="14"/>